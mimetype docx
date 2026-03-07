--- v0 (2025-12-29)
+++ v1 (2026-03-07)
@@ -1,2613 +1,2566 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/header.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="42BA20F7" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRDefault="008A51B5">
-      <w:pPr>
+    <w:p w:rsidR="00D664F5" w:rsidP="1A9ED776" w:rsidRDefault="00D664F5" w14:paraId="42BA20F8" w14:textId="7562EDC5">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressLineNumbers w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7550"/>
+          <w:tab w:val="left" w:leader="none" w:pos="7550"/>
         </w:tabs>
-        <w:ind w:left="221"/>
-[...94 lines deleted...]
-        </w:drawing>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="221" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidR="1D0BE50D">
+        <w:rPr/>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidR="1D0BE50D">
+        <w:rPr/>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BA20F8" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRDefault="00D664F5">
-[...8 lines deleted...]
-    <w:p w14:paraId="42BA20F9" w14:textId="34E2A179" w:rsidR="00D664F5" w:rsidRPr="00E140A3" w:rsidRDefault="00E140A3" w:rsidP="3116D3BC">
+    <w:p w:rsidRPr="00E140A3" w:rsidR="00D664F5" w:rsidP="3116D3BC" w:rsidRDefault="00E140A3" w14:paraId="42BA20F9" w14:textId="34E2A179" w14:noSpellErr="1">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E140A3">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00E140A3" w:rsidR="560ED734">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>Carta</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E140A3">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00E140A3" w:rsidR="560ED734">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E140A3">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00E140A3" w:rsidR="560ED734">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>de Autorización de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E140A3">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00E140A3" w:rsidR="560ED734">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="3101206A" w:rsidRPr="00E140A3">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00E140A3" w:rsidR="40556078">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Publicación Ori</w:t>
       </w:r>
-      <w:r w:rsidR="2F2A0C22" w:rsidRPr="00E140A3">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00E140A3" w:rsidR="42F69545">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidR="3101206A" w:rsidRPr="00E140A3">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00E140A3" w:rsidR="40556078">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="685F1C28" w:rsidRPr="00E140A3">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00E140A3" w:rsidR="06A7E4A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidR="3101206A" w:rsidRPr="00E140A3">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00E140A3" w:rsidR="40556078">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>al e Inédita (CAP)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BA2110" w14:textId="5D0D1D2F" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="003A5A84" w:rsidP="003A5A84">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidP="1A9ED776" w:rsidRDefault="003A5A84" w14:textId="5D0D1D2F" w14:paraId="42BA2111">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8950"/>
           <w:tab w:val="left" w:pos="9004"/>
         </w:tabs>
         <w:spacing w:before="52" w:line="242" w:lineRule="auto"/>
-        <w:ind w:left="5760" w:right="453"/>
-[...4 lines deleted...]
-      <w:r>
+        <w:ind w:left="5040" w:right="453" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
-        <w:tab/>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>Fecha:</w:t>
       </w:r>
-      <w:r w:rsidR="008A51B5" w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="008A51B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:u w:val="single" w:color="000008"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008A51B5" w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="008A51B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:u w:val="single" w:color="000008"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008A51B5" w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
         <w:t xml:space="preserve"> País:</w:t>
       </w:r>
-      <w:r w:rsidR="008A51B5" w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="008A51B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:u w:val="single" w:color="000008"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BA2111" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00D664F5">
+    <w:p w:rsidRPr="000950CE" w:rsidR="00D664F5" w:rsidP="1A9ED776" w:rsidRDefault="008A51B5" w14:paraId="42BA2114" w14:textId="67D2D89D" w14:noSpellErr="1">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
-        <w:spacing w:before="5"/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:spacing w:before="52"/>
+        <w:ind w:left="221" w:right="624"/>
+        <w:contextualSpacing w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000009"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000950CE" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000009"/>
+        </w:rPr>
+        <w:t>Consejo Editorial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000950CE" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000009"/>
+          <w:spacing w:val="-52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="42BA2114" w14:textId="67D2D89D" w:rsidR="00D664F5" w:rsidRPr="000950CE" w:rsidRDefault="008A51B5" w:rsidP="000950CE">
+    <w:p w:rsidRPr="000950CE" w:rsidR="000B757F" w:rsidP="000950CE" w:rsidRDefault="000950CE" w14:paraId="4DE6344B" w14:textId="671330F9">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="52"/>
         <w:ind w:left="221" w:right="624"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000009"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000950CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000009"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t>Revista Estudios</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DE6344B" w14:textId="671330F9" w:rsidR="000B757F" w:rsidRPr="000950CE" w:rsidRDefault="000950CE" w:rsidP="000950CE">
+    <w:p w:rsidRPr="000950CE" w:rsidR="008F0C5B" w:rsidP="000950CE" w:rsidRDefault="000950CE" w14:paraId="6FB9B00B" w14:textId="53938917">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="52"/>
         <w:ind w:left="221" w:right="624"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000950CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Revista Estudios</w:t>
+        <w:t>Escuela de Estudios Generales</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FB9B00B" w14:textId="53938917" w:rsidR="008F0C5B" w:rsidRPr="000950CE" w:rsidRDefault="000950CE" w:rsidP="000950CE">
+    <w:p w:rsidR="000950CE" w:rsidP="000950CE" w:rsidRDefault="000950CE" w14:paraId="4538BB83" w14:textId="1C682E83">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="52"/>
         <w:ind w:left="221" w:right="624"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000950CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Escuela de Estudios Generales</w:t>
+        <w:t xml:space="preserve">Universidad de Costa Rica </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4538BB83" w14:textId="1C682E83" w:rsidR="000950CE" w:rsidRDefault="000950CE" w:rsidP="000950CE">
+    <w:p w:rsidRPr="000950CE" w:rsidR="000950CE" w:rsidP="000950CE" w:rsidRDefault="000950CE" w14:paraId="52B7D8EB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="52"/>
         <w:ind w:left="221" w:right="624"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000950CE">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="52B7D8EB" w14:textId="77777777" w:rsidR="000950CE" w:rsidRPr="000950CE" w:rsidRDefault="000950CE" w:rsidP="000950CE">
-[...10 lines deleted...]
-    <w:p w14:paraId="42BA2115" w14:textId="51FFC648" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="008A51B5">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="008A51B5" w14:paraId="42BA2115" w14:textId="51FFC648" w14:noSpellErr="1">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="222"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Estimados(as)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Señores(as):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BA211C" w14:textId="601FC6E8" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="008A51B5" w:rsidP="00275A45">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidP="00275A45" w:rsidRDefault="008A51B5" w14:paraId="42BA211C" w14:textId="601FC6E8" w14:noSpellErr="1">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="222"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>La(s)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>persona(s)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="79"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>abajo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="82"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>firmante</w:t>
       </w:r>
-      <w:r w:rsidR="006C49F8">
+      <w:r w:rsidR="7B3EB3A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="006C49F8">
+      <w:r w:rsidR="7B3EB3A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="82"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>su</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="82"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>condición</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="82"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="81"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>autor(</w:t>
       </w:r>
-      <w:r w:rsidR="008B4270">
+      <w:r w:rsidR="2224ABB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>a/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidR="006C49F8">
+      <w:r w:rsidR="7B3EB3A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>/as</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidR="00275A45" w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="6781A662">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">l </w:t>
       </w:r>
-      <w:r w:rsidR="0087048D" w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="673CB417">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>manuscrito</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>titulad</w:t>
       </w:r>
-      <w:r w:rsidR="0087048D" w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="673CB417">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>o _______________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00275A45" w:rsidRPr="00953BFF">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="6781A662">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>postulad</w:t>
       </w:r>
-      <w:r w:rsidR="3047B7FB" w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="051B3DAF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>para</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>su</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>evaluación</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
         </w:rPr>
         <w:t>Revista</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
         </w:rPr>
         <w:t>Estudios</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, declara(n)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>bajo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>fe</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>juramento</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>que:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BA211D" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00D664F5">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="00D664F5" w14:paraId="42BA211D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51488F95" w14:textId="086670E8" w:rsidR="006849B1" w:rsidRDefault="006849B1" w:rsidP="006849B1">
+    <w:p w:rsidR="006849B1" w:rsidP="1A9ED776" w:rsidRDefault="006849B1" w14:paraId="51488F95" w14:textId="086670E8" w14:noSpellErr="1">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="942"/>
         </w:tabs>
         <w:ind w:left="941" w:right="395"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="6D3F2EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La obra es original e inédita, esto es, constituye una producción intelectual propia</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="6D3F2EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="403B6AA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de quienes se proponen como</w:t>
       </w:r>
-      <w:r w:rsidR="00FF4DBE" w:rsidRPr="00953BFF">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="5217D3C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> personas autoras</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="6D3F2EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="6D3F2EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="6D3F2EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="6D3F2EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>no</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="6D3F2EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="6D3F2EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ha</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="6D3F2EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="6D3F2EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sido</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="6D3F2EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="6D3F2EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>publicad</w:t>
       </w:r>
-      <w:r w:rsidR="00FF4DBE" w:rsidRPr="00953BFF">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="5217D3C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a anteriormente de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="6D3F2EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="6D3F2EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>forma</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="6D3F2EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="6D3F2EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>impresa</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="6D3F2EA0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="6D3F2EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="6D3F2EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="6D3F2EA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>digital.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BA1F3F4" w14:textId="77777777" w:rsidR="00FB7023" w:rsidRPr="00953BFF" w:rsidRDefault="00FB7023" w:rsidP="006C49F8">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00FB7023" w:rsidP="006C49F8" w:rsidRDefault="00FB7023" w14:paraId="0BA1F3F4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="942"/>
         </w:tabs>
         <w:ind w:right="395" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D8E4E91" w14:textId="4C012D9D" w:rsidR="00CE38AF" w:rsidRPr="00953BFF" w:rsidRDefault="00CE38AF" w:rsidP="00CE38AF">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00CE38AF" w:rsidP="1A9ED776" w:rsidRDefault="00CE38AF" w14:paraId="2D8E4E91" w14:textId="4C012D9D" w14:noSpellErr="1">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="942"/>
         </w:tabs>
         <w:ind w:left="941" w:right="395"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>obra</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>no</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ha</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sido</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>postulada</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>simultáneamente</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>para</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>su</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>publicación</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ante</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="54"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>otra</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>revista impresa, electrónica ni en ningún otro medio escrito u órgano editorial</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...3 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, entiéndase revistas académicas, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>blogs,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>repositorios</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o sitios</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="7BDA329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>web.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03F227FA" w14:textId="77777777" w:rsidR="006849B1" w:rsidRPr="00953BFF" w:rsidRDefault="006849B1" w:rsidP="00CE38AF">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="006849B1" w:rsidP="00CE38AF" w:rsidRDefault="006849B1" w14:paraId="03F227FA" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="930"/>
         </w:tabs>
         <w:ind w:right="400"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42BA2121" w14:textId="7CD32759" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00D834B5" w:rsidP="00E31405">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidP="1A9ED776" w:rsidRDefault="00D834B5" w14:paraId="42BA2121" w14:textId="7CD32759" w14:noSpellErr="1">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="930"/>
         </w:tabs>
         <w:ind w:right="400"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Manifiesta(n) que </w:t>
       </w:r>
-      <w:r w:rsidR="00B45D8D" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="4C1420CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">están autorizados para postular el manuscrito a la </w:t>
       </w:r>
-      <w:r w:rsidR="00B45D8D" w:rsidRPr="06660A3E">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="4C1420CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Revista Estudios. </w:t>
       </w:r>
-      <w:r w:rsidR="00B45D8D" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="4C1420CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Asimismo, a</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cepta(n)</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>que</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>postulación</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidR="00F84C15" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="1F9E8C4A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">eventual </w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>publicación</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>del</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidR="00F84C15" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="1F9E8C4A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">manuscrito </w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">se regirá por las políticas editoriales de </w:t>
       </w:r>
-      <w:r w:rsidR="00F84C15" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="1F9E8C4A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">la </w:t>
       </w:r>
-      <w:r w:rsidR="00F84C15" w:rsidRPr="06660A3E">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="1F9E8C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Revista Estudios</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, la normativa institucional de</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Costa</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rica</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>legislación</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>República</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Costa</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rica.</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidR="0064742E" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="4D866C38">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>En</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>caso</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de cualquier eventual diferencia de criterio o</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>disputa</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">futura, </w:t>
       </w:r>
-      <w:r w:rsidR="0064742E" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="4D866C38">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>será resuelta</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de acuerdo con los mecanismos de Resolución Alterna de</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Conflictos</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y la</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jurisdicción</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="021BD2E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Costarricense.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BA2123" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00D664F5">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="00D664F5" w14:paraId="42BA2123" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42BA2124" w14:textId="10D3BE73" w:rsidR="00D664F5" w:rsidRDefault="008A51B5" w:rsidP="06660A3E">
+    <w:p w:rsidR="00D664F5" w:rsidP="06660A3E" w:rsidRDefault="008A51B5" w14:paraId="42BA2124" w14:textId="10D3BE73" w14:noSpellErr="1">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="942"/>
         </w:tabs>
         <w:ind w:left="941" w:right="398"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La obra no presenta ningún</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>conflicto de</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>intereses que</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="54"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pueda </w:t>
       </w:r>
-      <w:r w:rsidR="00C4711C" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="2CC53EAD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">influir </w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">en </w:t>
       </w:r>
-      <w:r w:rsidR="00CB1084" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="3D8D12A1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sus resultados</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Si el </w:t>
       </w:r>
-      <w:r w:rsidR="00C4711C" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="2CC53EAD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>manuscrito</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> presenta</w:t>
       </w:r>
-      <w:r w:rsidR="00C4711C" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="2CC53EAD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> algún</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> conflicto de intereses, </w:t>
       </w:r>
-      <w:r w:rsidR="00C4711C" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="2CC53EAD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>debe</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ser</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>declarado</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>explícitamente</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C4711C" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="2CC53EAD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">en un apartado del documento. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CA9927C" w14:textId="77777777" w:rsidR="00B45E36" w:rsidRPr="00953BFF" w:rsidRDefault="00B45E36" w:rsidP="00DB7537">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00B45E36" w:rsidP="00DB7537" w:rsidRDefault="00B45E36" w14:paraId="6CA9927C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="942"/>
         </w:tabs>
         <w:ind w:right="398" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42BA2129" w14:textId="7A58355C" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="008A51B5" w:rsidP="00E31405">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidP="1A9ED776" w:rsidRDefault="008A51B5" w14:paraId="42BA2129" w14:textId="7A58355C" w14:noSpellErr="1">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Reconoce(n) que la </w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Revista Estudios</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">no comparte necesariamente las </w:t>
       </w:r>
-      <w:r w:rsidR="00240A22" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="54E04C82">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>afirmaciones expuestas</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>en el</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>documento</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>publicado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BA212A" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00D664F5">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="00D664F5" w14:paraId="42BA212A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42BA212B" w14:textId="3F4E6480" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="008A51B5">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="008A51B5" w14:paraId="42BA212B" w14:textId="3F4E6480" w14:noSpellErr="1">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="942"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="941" w:right="395"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Declara(n) que todos los datos </w:t>
       </w:r>
-      <w:r w:rsidR="00B45E36" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="472E7E48">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>citados</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> y sus respectivas</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>referencias</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bibliográficas</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidR="00B45E36" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="472E7E48">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>son</w:t>
       </w:r>
-      <w:r w:rsidR="00375AF3" w:rsidRPr="06660A3E">
-[...7 lines deleted...]
-      <w:r w:rsidR="00696380" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="1E251119">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="56B5FC7C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>fidedigna</w:t>
       </w:r>
-      <w:r w:rsidR="00BF1BA7" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="44ADA595">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s y</w:t>
       </w:r>
-      <w:r w:rsidR="00696380" w:rsidRPr="06660A3E">
-[...7 lines deleted...]
-      <w:r w:rsidR="00FB17B0" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="56B5FC7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="3CB6D881">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sus</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-52"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>correspondientes fuentes y créditos</w:t>
       </w:r>
-      <w:r w:rsidR="00FB17B0" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="3CB6D881">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> se encuentran explícitamente bajo el sistema de citación APA 7ma edición</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BA212C" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00D664F5">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="00D664F5" w14:paraId="42BA212C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BDE70E5" w14:textId="34272EC2" w:rsidR="00A869C6" w:rsidRPr="00BD2BBF" w:rsidRDefault="008A51B5" w:rsidP="00BD2BBF">
+    <w:p w:rsidRPr="00BD2BBF" w:rsidR="00A869C6" w:rsidP="00BD2BBF" w:rsidRDefault="008A51B5" w14:paraId="3BDE70E5" w14:textId="34272EC2">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="942"/>
         </w:tabs>
         <w:ind w:left="941" w:right="397"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">En caso de que el artículo contenga contenido como </w:t>
       </w:r>
-      <w:r w:rsidR="0055CABD" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="0055CABD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">cuadros, </w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E" w:rsidDel="00D75CA1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tablas</w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00D75CA1" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="00D75CA1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>imágenes</w:t>
       </w:r>
-      <w:r w:rsidR="347C2077" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="347C2077">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, figuras</w:t>
       </w:r>
-      <w:r w:rsidR="231188AF" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="231188AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ilustraciones,</w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">fotografías, dibujos, mapas, esquemas y similares; o algún otro </w:t>
       </w:r>
-      <w:r w:rsidR="00E10933" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="00E10933">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">elemento gráfico </w:t>
       </w:r>
-      <w:r w:rsidR="0022412A" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="0022412A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">cuyos derechos de autor sean propiedad de </w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">un tercero no consignado como </w:t>
       </w:r>
-      <w:r w:rsidR="0022412A" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="0022412A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>persona autora o coautora</w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> del artículo, </w:t>
       </w:r>
-      <w:r w:rsidR="0022412A" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="0022412A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>las personas postulantes</w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>deberán</w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
@@ -2968,91 +2921,91 @@
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>esta</w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">publicación. </w:t>
       </w:r>
-      <w:r w:rsidR="00314BB6" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="00314BB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Esta autorización de uso de elementos gráficos deberá </w:t>
       </w:r>
-      <w:r w:rsidR="00072602" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="00072602">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>anexarse como un documento complementario en el paso 4 del envío en el Portal de Revistas. E</w:t>
       </w:r>
-      <w:r w:rsidR="2E99BC35" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="2E99BC35">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidR="00072602" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="00072602">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> envío de esta autorización es un requisito indispensable para la publicación de los elementos gráficos</w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> incluidos en el manuscrito</w:t>
       </w:r>
-      <w:r w:rsidR="00072602" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="00072602">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Se exceptúan de esta obligación los contenidos que se encuentran en</w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
@@ -3067,51 +3020,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-52"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="7376C602" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="7376C602">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">acceso abierto de </w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>publicación</w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3274,84 +3227,84 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>web</w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BD2BBF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00BD2BBF" w:rsidRPr="00BD2BBF">
+      <w:hyperlink w:history="1" r:id="rId9">
+        <w:r w:rsidRPr="00BD2BBF" w:rsidR="00BD2BBF">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://revistas.ucr.ac.cr/index.php/estudios/about</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00BD2BBF" w:rsidRPr="00BD2BBF">
+      <w:r w:rsidRPr="00BD2BBF" w:rsidR="00BD2BBF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BA2132" w14:textId="284129DD" w:rsidR="00D664F5" w:rsidRPr="006C49F8" w:rsidRDefault="008A51B5" w:rsidP="006C49F8">
+    <w:p w:rsidRPr="006C49F8" w:rsidR="00D664F5" w:rsidP="006C49F8" w:rsidRDefault="008A51B5" w14:paraId="42BA2132" w14:textId="284129DD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BA2133" w14:textId="66EFBF00" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="005906F3" w:rsidP="00E31405">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidP="00E31405" w:rsidRDefault="005906F3" w14:paraId="42BA2133" w14:textId="66EFBF00">
       <w:pPr>
         <w:pStyle w:val="ColorfulList-Accent11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rStyle w:val="Fuentedeprrafopredeter2"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autoriza(n) </w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rStyle w:val="Fuentedeprrafopredeter2"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3365,1288 +3318,1373 @@
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rStyle w:val="Fuentedeprrafopredeter2"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Revista Estudios</w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rStyle w:val="Fuentedeprrafopredeter2"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> para que esta realice cualquiera de las siguientes actividades:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BA2134" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00D664F5">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="00D664F5" w14:paraId="42BA2134" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42BA2135" w14:textId="167F5A4A" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="008A51B5" w:rsidP="06660A3E">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidP="06660A3E" w:rsidRDefault="008A51B5" w14:paraId="42BA2135" w14:textId="167F5A4A">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1662"/>
         </w:tabs>
         <w:ind w:right="400"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La edición gráfica y de estilo de la obra o parte de esta a fin de que el</w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>artículo cumpla con los estándares de la Revista indicados en el sitio web</w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:anchor="authorGui">
+      <w:hyperlink w:anchor="authorGui" r:id="rId10">
         <w:r w:rsidRPr="06660A3E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://revistas.ucr.ac.cr/index.php/estudios/about/submissions#authorGui</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>delines</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BA2136" w14:textId="7559659D" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="008A51B5" w:rsidP="06660A3E">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidP="06660A3E" w:rsidRDefault="008A51B5" w14:paraId="42BA2136" w14:textId="5799C284">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1662"/>
         </w:tabs>
         <w:ind w:right="400"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="3116D3BC">
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La publicación y reproducción íntegra de la obra o parte de esta</w:t>
       </w:r>
-      <w:r w:rsidR="00591CBF" w:rsidRPr="3116D3BC">
-[...7 lines deleted...]
-      <w:r w:rsidR="009B421C" w:rsidRPr="3116D3BC">
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="2C724F70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="57A8FA6D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>con</w:t>
       </w:r>
-      <w:r w:rsidR="00591CBF" w:rsidRPr="3116D3BC">
-[...7 lines deleted...]
-      <w:r w:rsidR="007E228A" w:rsidRPr="3116D3BC">
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="2C724F70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="5724DE72">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">el debido reconocimiento </w:t>
       </w:r>
-      <w:r w:rsidR="009B421C" w:rsidRPr="3116D3BC">
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> .</w:t>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="57A8FA6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="2B34FA38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>autoría.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BA2139" w14:textId="5DEB0557" w:rsidR="00D664F5" w:rsidRPr="00E919B8" w:rsidRDefault="008A51B5" w:rsidP="006C49F8">
+    <w:p w:rsidRPr="00E919B8" w:rsidR="00D664F5" w:rsidP="006C49F8" w:rsidRDefault="008A51B5" w14:paraId="42BA2139" w14:textId="5DEB0557" w14:noSpellErr="1">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1662"/>
         </w:tabs>
         <w:ind w:right="401"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00953BFF">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La adaptación de la obra a formatos de lectura, sonido, voz y cualquier otra</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>representación o mecanismo técnico disponible, que posibilite su acceso</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>para</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>personas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>no</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>videntes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>parcial</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o totalmente,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>con</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>alguna</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>otra forma</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidR="00E919B8">
-[...9 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="613412E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">discapacidad que </w:t>
       </w:r>
-      <w:r w:rsidR="008B4270" w:rsidRPr="00E919B8">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="2224ABB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>le</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E919B8">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> impida su acceso a la lectura convencional del artículo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BA213A" w14:textId="58C40184" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="008A51B5" w:rsidP="06660A3E">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidP="06660A3E" w:rsidRDefault="008A51B5" w14:paraId="42BA213A" w14:textId="58C40184" w14:noSpellErr="1">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1662"/>
         </w:tabs>
         <w:ind w:right="398"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La distribución y puesta a disposición de la obra al </w:t>
       </w:r>
-      <w:r w:rsidR="00394864" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="528F0607">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>público,</w:t>
       </w:r>
-      <w:r w:rsidR="00394864">
+      <w:r w:rsidR="528F0607">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> libre</w:t>
       </w:r>
-      <w:r w:rsidR="009B421C">
+      <w:r w:rsidR="57A8FA6D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, gratui</w:t>
       </w:r>
-      <w:r w:rsidR="001A51C8">
+      <w:r w:rsidR="3AB610EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ta</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>través</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>los</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mecanismos</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>que</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidR="0031475B">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="16665189">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">este </w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>disponga.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BA213B" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="008A51B5" w:rsidP="005906F3">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidP="1A9ED776" w:rsidRDefault="008A51B5" w14:paraId="42BA213B" w14:textId="77777777" w14:noSpellErr="1">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1662"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:right="399"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cualquier</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>otra</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>forma</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>utilización,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>proceso</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sistema</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>conocido</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>por</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>conocerse</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>que</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>se</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>relacione</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>con</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>las</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>actividades</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>fines</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>editoriales</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>los</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-52"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cuales</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>se vincula</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">la </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Revista</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Estudios</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="1A9ED776" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BA213D" w14:textId="1CD9F880" w:rsidR="00D664F5" w:rsidRDefault="008A51B5" w:rsidP="00B01BEF">
+    <w:p w:rsidR="00D664F5" w:rsidP="00B01BEF" w:rsidRDefault="008A51B5" w14:paraId="42BA213D" w14:textId="1CD9F880" w14:noSpellErr="1">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1662"/>
         </w:tabs>
         <w:ind w:right="400"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Todas</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>las actividades anteriores</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>serán</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>realizadas</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="54"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>siguiendo los principios</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>del Ac</w:t>
       </w:r>
-      <w:r w:rsidR="008B4270" w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="2224ABB0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eso Abierto y mediante el uso de licencias Creative</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Commons u</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>otro</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mecanismo</w:t>
       </w:r>
-      <w:r w:rsidRPr="06660A3E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="06660A3E">
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06660A3E" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>equivalente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E710615" w14:textId="77777777" w:rsidR="00B01BEF" w:rsidRDefault="00B01BEF" w:rsidP="00B01BEF">
+    <w:p w:rsidR="00B01BEF" w:rsidP="00B01BEF" w:rsidRDefault="00B01BEF" w14:paraId="4E710615" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1662"/>
         </w:tabs>
         <w:ind w:right="400"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18210416" w14:textId="77777777" w:rsidR="00B01BEF" w:rsidRPr="00B01BEF" w:rsidRDefault="00B01BEF" w:rsidP="00B01BEF">
+    <w:p w:rsidRPr="00B01BEF" w:rsidR="00B01BEF" w:rsidP="00B01BEF" w:rsidRDefault="00B01BEF" w14:paraId="18210416" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1662"/>
         </w:tabs>
         <w:ind w:right="400"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42BA213E" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00D664F5">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="00D664F5" w14:paraId="42BA213E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42BA213F" w14:textId="56FAB777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="008A51B5" w:rsidP="005906F3">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidP="005906F3" w:rsidRDefault="008A51B5" w14:paraId="42BA213F" w14:textId="56FAB777">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="942"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>En caso de que la obra sea aceptada para su publicación, acepta(n) la publicación</w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
@@ -4807,251 +4845,251 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>este</w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="06660A3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>documento.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BA2140" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00D664F5">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="00D664F5" w14:paraId="42BA2140" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42BA2141" w14:textId="68A90196" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="008A51B5">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="008A51B5" w14:paraId="42BA2141" w14:textId="68A90196" w14:noSpellErr="1">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="222"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
         <w:t>Atentamente,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BA2142" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00D664F5">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="00D664F5" w14:paraId="42BA2142" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54D134B9" w14:textId="77777777" w:rsidR="000401DE" w:rsidRDefault="000401DE" w:rsidP="000401DE">
+    <w:p w:rsidR="000401DE" w:rsidP="000401DE" w:rsidRDefault="000401DE" w14:paraId="54D134B9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="29"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D35133E" w14:textId="77777777" w:rsidR="006C49F8" w:rsidRDefault="006C49F8">
+    <w:p w:rsidR="006C49F8" w:rsidRDefault="006C49F8" w14:paraId="1D35133E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="29"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42BA2147" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00D664F5">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="00D664F5" w14:paraId="42BA2147" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42BA2148" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00D664F5">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="00D664F5" w14:paraId="42BA2148" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C24C0A4" w14:textId="77777777" w:rsidR="007B3034" w:rsidRDefault="008A51B5" w:rsidP="007B3034">
+    <w:p w:rsidR="007B3034" w:rsidP="007B3034" w:rsidRDefault="008A51B5" w14:paraId="3C24C0A4" w14:textId="77777777" w14:noSpellErr="1">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9089"/>
         </w:tabs>
         <w:spacing w:before="52"/>
         <w:ind w:left="222"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
         <w:t>Nombre</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="695E9925">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
         <w:t>apellidos</w:t>
       </w:r>
-      <w:r w:rsidR="00A1DEF5" w:rsidRPr="00953BFF">
+      <w:r w:rsidRPr="00953BFF" w:rsidR="29614E78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la persona autora</w:t>
       </w:r>
-      <w:r w:rsidR="007B3034">
+      <w:r w:rsidR="06705C79">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
         <w:t xml:space="preserve"> (responsable de correspondencia):                 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D9894E9" w14:textId="77777777" w:rsidR="007B3034" w:rsidRDefault="007B3034" w:rsidP="007B3034">
+    <w:p w:rsidR="007B3034" w:rsidP="007B3034" w:rsidRDefault="007B3034" w14:paraId="1D9894E9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9089"/>
         </w:tabs>
         <w:spacing w:before="52"/>
         <w:ind w:left="222"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42BA2149" w14:textId="68FF1A15" w:rsidR="00D664F5" w:rsidRPr="007B3034" w:rsidRDefault="008A51B5" w:rsidP="007B3034">
+    <w:p w:rsidRPr="007B3034" w:rsidR="00D664F5" w:rsidP="007B3034" w:rsidRDefault="008A51B5" w14:paraId="42BA2149" w14:textId="68FF1A15">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9089"/>
         </w:tabs>
         <w:spacing w:before="52"/>
         <w:ind w:left="222"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:u w:val="single" w:color="000008"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:u w:val="single" w:color="000008"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BA214A" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00D664F5">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="00D664F5" w14:paraId="42BA214A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42BA214B" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="008A51B5">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="008A51B5" w14:paraId="42BA214B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9061"/>
         </w:tabs>
         <w:spacing w:before="52" w:line="242" w:lineRule="auto"/>
         <w:ind w:left="222" w:right="396"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
         <w:t>Documento</w:t>
       </w:r>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -5103,123 +5141,123 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Pasaporte o</w:t>
       </w:r>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
         <w:t>cédula)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6273375D" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRDefault="00D664F5">
+    <w:p w:rsidR="00D664F5" w:rsidRDefault="00D664F5" w14:paraId="6273375D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F27CE6E" w14:textId="77777777" w:rsidR="007B3034" w:rsidRDefault="007B3034" w:rsidP="007B3034">
+    <w:p w:rsidR="007B3034" w:rsidP="007B3034" w:rsidRDefault="007B3034" w14:paraId="2F27CE6E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:firstLine="222"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7763F38B" w14:textId="41765FEC" w:rsidR="007B3034" w:rsidRPr="007B3034" w:rsidRDefault="007B3034" w:rsidP="007B3034">
+    <w:p w:rsidRPr="007B3034" w:rsidR="007B3034" w:rsidP="007B3034" w:rsidRDefault="007B3034" w14:paraId="7763F38B" w14:textId="41765FEC">
       <w:pPr>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:firstLine="222"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B3034">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Firma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: __________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AB333C7" w14:textId="77777777" w:rsidR="00307E73" w:rsidRDefault="00307E73">
+    <w:p w:rsidR="00307E73" w:rsidRDefault="00307E73" w14:paraId="4AB333C7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="065446F3" w14:textId="77777777" w:rsidR="007B3034" w:rsidRDefault="007B3034" w:rsidP="00C81068">
+    <w:p w:rsidR="007B3034" w:rsidP="00C81068" w:rsidRDefault="007B3034" w14:paraId="065446F3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9089"/>
         </w:tabs>
         <w:spacing w:before="52"/>
         <w:ind w:left="222"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="068F6C65" w14:textId="4FF85EA9" w:rsidR="00C81068" w:rsidRPr="00953BFF" w:rsidRDefault="00C81068" w:rsidP="00C81068">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidP="00C81068" w:rsidRDefault="00C81068" w14:paraId="068F6C65" w14:textId="4FF85EA9">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9089"/>
         </w:tabs>
         <w:spacing w:before="52"/>
         <w:ind w:left="222"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
         <w:t>Nombre</w:t>
       </w:r>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -5249,61 +5287,61 @@
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:u w:val="single" w:color="000008"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:u w:val="single" w:color="000008"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="473E12B1" w14:textId="77777777" w:rsidR="00C81068" w:rsidRPr="00953BFF" w:rsidRDefault="00C81068" w:rsidP="00C81068">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidP="00C81068" w:rsidRDefault="00C81068" w14:paraId="473E12B1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="335FEC64" w14:textId="77777777" w:rsidR="00C81068" w:rsidRDefault="00C81068" w:rsidP="00C81068">
+    <w:p w:rsidR="00C81068" w:rsidP="00C81068" w:rsidRDefault="00C81068" w14:paraId="335FEC64" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9061"/>
         </w:tabs>
         <w:spacing w:before="52" w:line="242" w:lineRule="auto"/>
         <w:ind w:left="222" w:right="396"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
         <w:t>Documento</w:t>
       </w:r>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
@@ -5356,122 +5394,122 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Pasaporte o</w:t>
       </w:r>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
         <w:t>cédula)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0290CFC7" w14:textId="77777777" w:rsidR="007B3034" w:rsidRDefault="007B3034" w:rsidP="007B3034">
+    <w:p w:rsidR="007B3034" w:rsidP="007B3034" w:rsidRDefault="007B3034" w14:paraId="0290CFC7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:firstLine="222"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="246A5A85" w14:textId="33A5C512" w:rsidR="007B3034" w:rsidRPr="007B3034" w:rsidRDefault="007B3034" w:rsidP="007B3034">
+    <w:p w:rsidRPr="007B3034" w:rsidR="007B3034" w:rsidP="007B3034" w:rsidRDefault="007B3034" w14:paraId="246A5A85" w14:textId="33A5C512">
       <w:pPr>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:firstLine="222"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B3034">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Firma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: ____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30255CEA" w14:textId="77777777" w:rsidR="007B3034" w:rsidRPr="00953BFF" w:rsidRDefault="007B3034" w:rsidP="00C81068">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="007B3034" w:rsidP="00C81068" w:rsidRDefault="007B3034" w14:paraId="30255CEA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9061"/>
         </w:tabs>
         <w:spacing w:before="52" w:line="242" w:lineRule="auto"/>
         <w:ind w:left="222" w:right="396"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F5368CE" w14:textId="77777777" w:rsidR="00307E73" w:rsidRDefault="00307E73">
+    <w:p w:rsidR="00307E73" w:rsidRDefault="00307E73" w14:paraId="2F5368CE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21D04A82" w14:textId="77777777" w:rsidR="00C81068" w:rsidRDefault="00C81068">
+    <w:p w:rsidR="00C81068" w:rsidRDefault="00C81068" w14:paraId="21D04A82" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D4F596B" w14:textId="77777777" w:rsidR="00C81068" w:rsidRPr="00953BFF" w:rsidRDefault="00C81068" w:rsidP="00C81068">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidP="00C81068" w:rsidRDefault="00C81068" w14:paraId="3D4F596B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9089"/>
         </w:tabs>
         <w:spacing w:before="52"/>
         <w:ind w:left="222"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
         <w:t>Nombre</w:t>
       </w:r>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -5501,61 +5539,61 @@
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:u w:val="single" w:color="000008"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:u w:val="single" w:color="000008"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282626B4" w14:textId="77777777" w:rsidR="00C81068" w:rsidRPr="00953BFF" w:rsidRDefault="00C81068" w:rsidP="00C81068">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidP="00C81068" w:rsidRDefault="00C81068" w14:paraId="282626B4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="9"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AA79025" w14:textId="77777777" w:rsidR="00C81068" w:rsidRPr="00953BFF" w:rsidRDefault="00C81068" w:rsidP="00C81068">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidP="00C81068" w:rsidRDefault="00C81068" w14:paraId="5AA79025" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9061"/>
         </w:tabs>
         <w:spacing w:before="52" w:line="242" w:lineRule="auto"/>
         <w:ind w:left="222" w:right="396"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
         <w:t>Documento</w:t>
       </w:r>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -5607,161 +5645,162 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Pasaporte o</w:t>
       </w:r>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00953BFF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
         </w:rPr>
         <w:t>cédula)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29080513" w14:textId="77777777" w:rsidR="00C81068" w:rsidRDefault="00C81068">
+    <w:p w:rsidR="00C81068" w:rsidRDefault="00C81068" w14:paraId="29080513" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73E32975" w14:textId="178B9F14" w:rsidR="007B3034" w:rsidRPr="007B3034" w:rsidRDefault="007B3034" w:rsidP="007B3034">
+    <w:p w:rsidRPr="007B3034" w:rsidR="007B3034" w:rsidP="007B3034" w:rsidRDefault="007B3034" w14:paraId="73E32975" w14:textId="178B9F14">
       <w:pPr>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:ind w:firstLine="222"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B3034">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Firma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: _____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42BA214C" w14:textId="77777777" w:rsidR="007B3034" w:rsidRPr="00953BFF" w:rsidRDefault="007B3034">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="007B3034" w:rsidRDefault="007B3034" w14:paraId="42BA214C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="242" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:sectPr w:rsidR="007B3034" w:rsidRPr="00953BFF">
+        <w:sectPr w:rsidRPr="00953BFF" w:rsidR="007B3034">
           <w:footerReference w:type="default" r:id="rId11"/>
-          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
           <w:pgMar w:top="1380" w:right="1300" w:bottom="1240" w:left="1480" w:header="0" w:footer="976" w:gutter="0"/>
           <w:cols w:space="720"/>
+          <w:headerReference w:type="default" r:id="R7ab069eae2c949d7"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42BA214D" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00D664F5">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="00D664F5" w14:paraId="42BA214D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTable0"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="119" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="999999"/>
+          <w:top w:val="single" w:color="999999" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="999999" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="999999" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="999999" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="999999" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="999999" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2232"/>
         <w:gridCol w:w="6666"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D664F5" w:rsidRPr="00953BFF" w14:paraId="42BA214F" w14:textId="77777777">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00D664F5" w14:paraId="42BA214F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="666"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8898" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="42BA214E" w14:textId="10DEE2F0" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="008A51B5">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="008A51B5" w14:paraId="42BA214E" w14:textId="10DEE2F0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="3513" w:right="175" w:hanging="3318"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Autor(a) del artículo.</w:t>
             </w:r>
-            <w:r w:rsidR="005906F3" w:rsidRPr="00953BFF">
+            <w:r w:rsidRPr="00953BFF" w:rsidR="005906F3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>En caso de ser varios autores deberán completar este cuadro de</w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-52"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
@@ -5770,59 +5809,59 @@
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>manera</w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>individual.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D664F5" w:rsidRPr="00953BFF" w14:paraId="42BA2152" w14:textId="77777777">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00D664F5" w14:paraId="42BA2152" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="746"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42BA2150" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="008A51B5">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="008A51B5" w14:paraId="42BA2150" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Nombre</w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
@@ -5831,543 +5870,543 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>apellidos:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42BA2151" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00D664F5">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="00D664F5" w14:paraId="42BA2151" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D664F5" w:rsidRPr="00953BFF" w14:paraId="42BA2155" w14:textId="77777777">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00D664F5" w14:paraId="42BA2155" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="745"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42BA2153" w14:textId="551758ED" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="004A5247">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="004A5247" w14:paraId="42BA2153" w14:textId="551758ED">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Último grado académico alcanzado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42BA2154" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00D664F5">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="00D664F5" w14:paraId="42BA2154" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D664F5" w:rsidRPr="00953BFF" w14:paraId="42BA2158" w14:textId="77777777">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00D664F5" w14:paraId="42BA2158" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="666"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42BA2156" w14:textId="7BBB64C5" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="008A51B5">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="008A51B5" w14:paraId="42BA2156" w14:textId="7BBB64C5">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107" w:right="834"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Afiliación</w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>institucional</w:t>
             </w:r>
             <w:r w:rsidR="00020057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidR="00020057" w:rsidRPr="006C49F8">
+            <w:r w:rsidRPr="006C49F8" w:rsidR="00020057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>con el nombre completo (en el idioma original de la institución, ciudad y país de la institución</w:t>
             </w:r>
             <w:r w:rsidR="00020057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42BA2157" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00D664F5">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="00D664F5" w14:paraId="42BA2157" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D664F5" w:rsidRPr="00953BFF" w14:paraId="42BA215B" w14:textId="77777777">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00D664F5" w14:paraId="42BA215B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="746"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42BA2159" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="008A51B5">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="008A51B5" w14:paraId="42BA2159" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Ciudad,</w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>país:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42BA215A" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00D664F5">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="00D664F5" w14:paraId="42BA215A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005906F3" w:rsidRPr="00953BFF" w14:paraId="70AEFB8B" w14:textId="77777777">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="005906F3" w14:paraId="70AEFB8B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="746"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A1B924D" w14:textId="77777777" w:rsidR="005906F3" w:rsidRPr="00953BFF" w:rsidRDefault="005906F3">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="005906F3" w:rsidRDefault="005906F3" w14:paraId="3A1B924D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>ORCID</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3316644A" w14:textId="323712B4" w:rsidR="00EC1094" w:rsidRPr="00286D27" w:rsidRDefault="00EC1094">
+          <w:p w:rsidRPr="00286D27" w:rsidR="00EC1094" w:rsidRDefault="00EC1094" w14:paraId="3316644A" w14:textId="323712B4">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00286D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidR="003F055B" w:rsidRPr="00286D27">
+            <w:r w:rsidRPr="00286D27" w:rsidR="003F055B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">En caso de no tener el código ORCID puede </w:t>
             </w:r>
-            <w:r w:rsidR="00991268" w:rsidRPr="00286D27">
+            <w:r w:rsidRPr="00286D27" w:rsidR="00991268">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">generarlo </w:t>
             </w:r>
-            <w:r w:rsidR="003F055B" w:rsidRPr="00286D27">
+            <w:r w:rsidRPr="00286D27" w:rsidR="003F055B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">gratuitamente en </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidR="003F055B" w:rsidRPr="00286D27">
+            <w:hyperlink w:history="1" r:id="rId12">
+              <w:r w:rsidRPr="00286D27" w:rsidR="003F055B">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>www.orcid.org</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="003A55E9" w:rsidRPr="00953BFF">
+            <w:r w:rsidRPr="00953BFF" w:rsidR="003A55E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69704C78" w14:textId="43A52F5A" w:rsidR="003A55E9" w:rsidRPr="00953BFF" w:rsidRDefault="003A55E9">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="003A55E9" w:rsidRDefault="003A55E9" w14:paraId="69704C78" w14:textId="43A52F5A">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="143281EC" w14:textId="77777777" w:rsidR="005906F3" w:rsidRPr="00953BFF" w:rsidRDefault="005906F3">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="005906F3" w:rsidRDefault="005906F3" w14:paraId="143281EC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D664F5" w:rsidRPr="00953BFF" w14:paraId="42BA215E" w14:textId="77777777">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00D664F5" w14:paraId="42BA215E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="746"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40C194AF" w14:textId="5F15D040" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00E6275C">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="00E6275C" w14:paraId="40C194AF" w14:textId="5F15D040">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Correo electrónico:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42BA215C" w14:textId="08172A1F" w:rsidR="00E6275C" w:rsidRPr="00286D27" w:rsidRDefault="00E6275C">
+          <w:p w:rsidRPr="00286D27" w:rsidR="00E6275C" w:rsidRDefault="00E6275C" w14:paraId="42BA215C" w14:textId="08172A1F">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(de preferencia institucional)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42BA215D" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00D664F5">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="00D664F5" w14:paraId="42BA215D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D664F5" w:rsidRPr="00953BFF" w14:paraId="42BA2161" w14:textId="77777777">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00D664F5" w14:paraId="42BA2161" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="371"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42BA215F" w14:textId="62E31CA9" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00286D27">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="00286D27" w14:paraId="42BA215F" w14:textId="62E31CA9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Breve currículum de no más de 200 palabras. Debe incluir títulos académicos, especialidad, áreas en las que se desempeña y lugar de trabajo actual.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42BA2160" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00D664F5">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="00D664F5" w14:paraId="42BA2160" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="42BA2162" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRDefault="00D664F5">
+    <w:p w:rsidR="00D664F5" w:rsidRDefault="00D664F5" w14:paraId="42BA2162" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36C78463" w14:textId="77777777" w:rsidR="00940B18" w:rsidRDefault="00940B18">
+    <w:p w:rsidR="00940B18" w:rsidRDefault="00940B18" w14:paraId="36C78463" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28733C1B" w14:textId="77777777" w:rsidR="00940B18" w:rsidRDefault="00940B18">
+    <w:p w:rsidR="00940B18" w:rsidRDefault="00940B18" w14:paraId="28733C1B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5479EAA1" w14:textId="77777777" w:rsidR="00940B18" w:rsidRDefault="00940B18">
+    <w:p w:rsidR="00940B18" w:rsidRDefault="00940B18" w14:paraId="5479EAA1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B441FF2" w14:textId="77777777" w:rsidR="00940B18" w:rsidRPr="00953BFF" w:rsidRDefault="00940B18">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00940B18" w:rsidRDefault="00940B18" w14:paraId="1B441FF2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42BA2163" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="00953BFF" w:rsidRDefault="00D664F5">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00D664F5" w:rsidRDefault="00D664F5" w14:paraId="42BA2163" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTable0"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="119" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="999999"/>
+          <w:top w:val="single" w:color="999999" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="999999" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="999999" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="999999" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="999999" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="999999" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2232"/>
         <w:gridCol w:w="6666"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C81068" w:rsidRPr="00953BFF" w14:paraId="6EEFB92D" w14:textId="77777777" w:rsidTr="004C6469">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidTr="004C6469" w14:paraId="6EEFB92D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="666"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8898" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="05BE41D2" w14:textId="77777777" w:rsidR="00C81068" w:rsidRPr="00953BFF" w:rsidRDefault="00C81068" w:rsidP="004C6469">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidP="004C6469" w:rsidRDefault="00C81068" w14:paraId="05BE41D2" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="3513" w:right="175" w:hanging="3318"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Autor(a) del artículo. En caso de ser varios autores deberán completar este cuadro de</w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-52"/>
                 <w:sz w:val="24"/>
@@ -6380,59 +6419,59 @@
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>manera</w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>individual.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C81068" w:rsidRPr="00953BFF" w14:paraId="5145DD12" w14:textId="77777777" w:rsidTr="004C6469">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidTr="004C6469" w14:paraId="5145DD12" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="746"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D9FF3C5" w14:textId="77777777" w:rsidR="00C81068" w:rsidRPr="00953BFF" w:rsidRDefault="00C81068" w:rsidP="004C6469">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidP="004C6469" w:rsidRDefault="00C81068" w14:paraId="7D9FF3C5" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Nombre</w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
@@ -6441,112 +6480,112 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>apellidos:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C57D9A7" w14:textId="77777777" w:rsidR="00C81068" w:rsidRPr="00953BFF" w:rsidRDefault="00C81068" w:rsidP="004C6469">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidP="004C6469" w:rsidRDefault="00C81068" w14:paraId="7C57D9A7" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C81068" w:rsidRPr="00953BFF" w14:paraId="50292C17" w14:textId="77777777" w:rsidTr="004C6469">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidTr="004C6469" w14:paraId="50292C17" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="745"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="003EC9B2" w14:textId="77777777" w:rsidR="00C81068" w:rsidRPr="00953BFF" w:rsidRDefault="00C81068" w:rsidP="004C6469">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidP="004C6469" w:rsidRDefault="00C81068" w14:paraId="003EC9B2" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Último grado académico alcanzado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03CC5017" w14:textId="77777777" w:rsidR="00C81068" w:rsidRPr="00953BFF" w:rsidRDefault="00C81068" w:rsidP="004C6469">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidP="004C6469" w:rsidRDefault="00C81068" w14:paraId="03CC5017" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C81068" w:rsidRPr="00953BFF" w14:paraId="66FB6F7F" w14:textId="77777777" w:rsidTr="004C6469">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidTr="004C6469" w14:paraId="66FB6F7F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="666"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="568D5D3C" w14:textId="77777777" w:rsidR="00C81068" w:rsidRPr="00953BFF" w:rsidRDefault="00C81068" w:rsidP="004C6469">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidP="004C6469" w:rsidRDefault="00C81068" w14:paraId="568D5D3C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107" w:right="834"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Afiliación</w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
@@ -6561,401 +6600,401 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="006C49F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>con el nombre completo (en el idioma original de la institución, ciudad y país de la institución</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="083EA98E" w14:textId="77777777" w:rsidR="00C81068" w:rsidRPr="00953BFF" w:rsidRDefault="00C81068" w:rsidP="004C6469">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidP="004C6469" w:rsidRDefault="00C81068" w14:paraId="083EA98E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C81068" w:rsidRPr="00953BFF" w14:paraId="50BB25AF" w14:textId="77777777" w:rsidTr="004C6469">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidTr="004C6469" w14:paraId="50BB25AF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="746"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56F13CD8" w14:textId="77777777" w:rsidR="00C81068" w:rsidRPr="00953BFF" w:rsidRDefault="00C81068" w:rsidP="004C6469">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidP="004C6469" w:rsidRDefault="00C81068" w14:paraId="56F13CD8" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Ciudad,</w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>país:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FB7FEE9" w14:textId="77777777" w:rsidR="00C81068" w:rsidRPr="00953BFF" w:rsidRDefault="00C81068" w:rsidP="004C6469">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidP="004C6469" w:rsidRDefault="00C81068" w14:paraId="7FB7FEE9" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C81068" w:rsidRPr="00953BFF" w14:paraId="48C52773" w14:textId="77777777" w:rsidTr="004C6469">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidTr="004C6469" w14:paraId="48C52773" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="746"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36A179ED" w14:textId="77777777" w:rsidR="00C81068" w:rsidRPr="00953BFF" w:rsidRDefault="00C81068" w:rsidP="004C6469">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidP="004C6469" w:rsidRDefault="00C81068" w14:paraId="36A179ED" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>ORCID</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BCF3A48" w14:textId="77777777" w:rsidR="00C81068" w:rsidRPr="00286D27" w:rsidRDefault="00C81068" w:rsidP="004C6469">
+          <w:p w:rsidRPr="00286D27" w:rsidR="00C81068" w:rsidP="004C6469" w:rsidRDefault="00C81068" w14:paraId="6BCF3A48" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00286D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (En caso de no tener el código ORCID puede generarlo gratuitamente en </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId13">
               <w:r w:rsidRPr="00286D27">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>www.orcid.org</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07FBDD69" w14:textId="77777777" w:rsidR="00C81068" w:rsidRPr="00953BFF" w:rsidRDefault="00C81068" w:rsidP="004C6469">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidP="004C6469" w:rsidRDefault="00C81068" w14:paraId="07FBDD69" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6469C55B" w14:textId="77777777" w:rsidR="00C81068" w:rsidRPr="00953BFF" w:rsidRDefault="00C81068" w:rsidP="004C6469">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidP="004C6469" w:rsidRDefault="00C81068" w14:paraId="6469C55B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C81068" w:rsidRPr="00953BFF" w14:paraId="65CB124C" w14:textId="77777777" w:rsidTr="004C6469">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidTr="004C6469" w14:paraId="65CB124C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="746"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E873620" w14:textId="77777777" w:rsidR="00C81068" w:rsidRPr="00953BFF" w:rsidRDefault="00C81068" w:rsidP="004C6469">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidP="004C6469" w:rsidRDefault="00C81068" w14:paraId="4E873620" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Correo electrónico:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3434512D" w14:textId="77777777" w:rsidR="00C81068" w:rsidRPr="00286D27" w:rsidRDefault="00C81068" w:rsidP="004C6469">
+          <w:p w:rsidRPr="00286D27" w:rsidR="00C81068" w:rsidP="004C6469" w:rsidRDefault="00C81068" w14:paraId="3434512D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(de preferencia institucional)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="561B063C" w14:textId="77777777" w:rsidR="00C81068" w:rsidRPr="00953BFF" w:rsidRDefault="00C81068" w:rsidP="004C6469">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidP="004C6469" w:rsidRDefault="00C81068" w14:paraId="561B063C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C81068" w:rsidRPr="00953BFF" w14:paraId="6645A20D" w14:textId="77777777" w:rsidTr="004C6469">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidTr="004C6469" w14:paraId="6645A20D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="371"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A89DA08" w14:textId="77777777" w:rsidR="00C81068" w:rsidRPr="00953BFF" w:rsidRDefault="00C81068" w:rsidP="004C6469">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidP="004C6469" w:rsidRDefault="00C81068" w14:paraId="3A89DA08" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Breve currículum de no más de 200 palabras. Debe incluir títulos académicos, especialidad, áreas en las que se desempeña y lugar de trabajo actual.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="557E3860" w14:textId="77777777" w:rsidR="00C81068" w:rsidRPr="00953BFF" w:rsidRDefault="00C81068" w:rsidP="004C6469">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00C81068" w:rsidP="004C6469" w:rsidRDefault="00C81068" w14:paraId="557E3860" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="672A6659" w14:textId="321E2D4D" w:rsidR="00137C86" w:rsidRDefault="00137C86">
+    <w:p w:rsidR="00137C86" w:rsidRDefault="00137C86" w14:paraId="672A6659" w14:textId="321E2D4D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="616FE755" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRDefault="00AD2E4A">
+    <w:p w:rsidR="00AD2E4A" w:rsidRDefault="00AD2E4A" w14:paraId="616FE755" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37D7393D" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRDefault="00AD2E4A">
+    <w:p w:rsidR="00AD2E4A" w:rsidRDefault="00AD2E4A" w14:paraId="37D7393D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A75912B" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRDefault="00AD2E4A">
+    <w:p w:rsidR="00AD2E4A" w:rsidRDefault="00AD2E4A" w14:paraId="7A75912B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73F9E66F" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRDefault="00AD2E4A">
+    <w:p w:rsidR="00AD2E4A" w:rsidRDefault="00AD2E4A" w14:paraId="73F9E66F" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00063E9F" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRDefault="00AD2E4A">
+    <w:p w:rsidR="00AD2E4A" w:rsidRDefault="00AD2E4A" w14:paraId="00063E9F" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="484DB519" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRDefault="00AD2E4A">
+    <w:p w:rsidR="00AD2E4A" w:rsidRDefault="00AD2E4A" w14:paraId="484DB519" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="153B5E8E" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRDefault="00AD2E4A">
+    <w:p w:rsidR="00AD2E4A" w:rsidRDefault="00AD2E4A" w14:paraId="153B5E8E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="NormalTable0"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="119" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="999999"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="999999"/>
+          <w:top w:val="single" w:color="999999" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="999999" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="999999" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="999999" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="999999" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="999999" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2232"/>
         <w:gridCol w:w="6666"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w14:paraId="75BC6DF6" w14:textId="77777777" w:rsidTr="00DE32DB">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidTr="00DE32DB" w14:paraId="75BC6DF6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="666"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8898" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="50EB80E3" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w:rsidRDefault="00AD2E4A" w:rsidP="00DE32DB">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidP="00DE32DB" w:rsidRDefault="00AD2E4A" w14:paraId="50EB80E3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="3513" w:right="175" w:hanging="3318"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Autor(a) del artículo. En caso de ser varios autores deberán completar este cuadro de</w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-52"/>
                 <w:sz w:val="24"/>
@@ -6968,59 +7007,59 @@
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>manera</w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>individual.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w14:paraId="60225D5F" w14:textId="77777777" w:rsidTr="00DE32DB">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidTr="00DE32DB" w14:paraId="60225D5F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="746"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58D36CFA" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w:rsidRDefault="00AD2E4A" w:rsidP="00DE32DB">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidP="00DE32DB" w:rsidRDefault="00AD2E4A" w14:paraId="58D36CFA" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Nombre</w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
@@ -7029,112 +7068,112 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>apellidos:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4208A157" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w:rsidRDefault="00AD2E4A" w:rsidP="00DE32DB">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidP="00DE32DB" w:rsidRDefault="00AD2E4A" w14:paraId="4208A157" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w14:paraId="60EF5583" w14:textId="77777777" w:rsidTr="00DE32DB">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidTr="00DE32DB" w14:paraId="60EF5583" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="745"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2164EC64" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w:rsidRDefault="00AD2E4A" w:rsidP="00DE32DB">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidP="00DE32DB" w:rsidRDefault="00AD2E4A" w14:paraId="2164EC64" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Último grado académico alcanzado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37CD7ADE" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w:rsidRDefault="00AD2E4A" w:rsidP="00DE32DB">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidP="00DE32DB" w:rsidRDefault="00AD2E4A" w14:paraId="37CD7ADE" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w14:paraId="3A724D0C" w14:textId="77777777" w:rsidTr="00DE32DB">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidTr="00DE32DB" w14:paraId="3A724D0C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="666"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58B06BA3" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w:rsidRDefault="00AD2E4A" w:rsidP="00DE32DB">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidP="00DE32DB" w:rsidRDefault="00AD2E4A" w14:paraId="58B06BA3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107" w:right="834"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Afiliación</w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
@@ -7149,342 +7188,343 @@
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="006C49F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>con el nombre completo (en el idioma original de la institución, ciudad y país de la institución</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="031E3F62" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w:rsidRDefault="00AD2E4A" w:rsidP="00DE32DB">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidP="00DE32DB" w:rsidRDefault="00AD2E4A" w14:paraId="031E3F62" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w14:paraId="29CFD526" w14:textId="77777777" w:rsidTr="00DE32DB">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidTr="00DE32DB" w14:paraId="29CFD526" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="746"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E0292E9" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w:rsidRDefault="00AD2E4A" w:rsidP="00DE32DB">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidP="00DE32DB" w:rsidRDefault="00AD2E4A" w14:paraId="4E0292E9" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Ciudad,</w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>país:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53CAE569" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w:rsidRDefault="00AD2E4A" w:rsidP="00DE32DB">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidP="00DE32DB" w:rsidRDefault="00AD2E4A" w14:paraId="53CAE569" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w14:paraId="579FA19E" w14:textId="77777777" w:rsidTr="00DE32DB">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidTr="00DE32DB" w14:paraId="579FA19E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="746"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2530CAC7" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w:rsidRDefault="00AD2E4A" w:rsidP="00DE32DB">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidP="00DE32DB" w:rsidRDefault="00AD2E4A" w14:paraId="2530CAC7" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>ORCID</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BE00211" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRPr="00286D27" w:rsidRDefault="00AD2E4A" w:rsidP="00DE32DB">
+          <w:p w:rsidRPr="00286D27" w:rsidR="00AD2E4A" w:rsidP="00DE32DB" w:rsidRDefault="00AD2E4A" w14:paraId="5BE00211" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00286D27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (En caso de no tener el código ORCID puede generarlo gratuitamente en </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink w:history="1" r:id="rId14">
               <w:r w:rsidRPr="00286D27">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>www.orcid.org</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BBC34D8" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w:rsidRDefault="00AD2E4A" w:rsidP="00DE32DB">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidP="00DE32DB" w:rsidRDefault="00AD2E4A" w14:paraId="3BBC34D8" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E44272C" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w:rsidRDefault="00AD2E4A" w:rsidP="00DE32DB">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidP="00DE32DB" w:rsidRDefault="00AD2E4A" w14:paraId="3E44272C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w14:paraId="55D21393" w14:textId="77777777" w:rsidTr="00DE32DB">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidTr="00DE32DB" w14:paraId="55D21393" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="746"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2208140D" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w:rsidRDefault="00AD2E4A" w:rsidP="00DE32DB">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidP="00DE32DB" w:rsidRDefault="00AD2E4A" w14:paraId="2208140D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Correo electrónico:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2AF5EE8C" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRPr="00286D27" w:rsidRDefault="00AD2E4A" w:rsidP="00DE32DB">
+          <w:p w:rsidRPr="00286D27" w:rsidR="00AD2E4A" w:rsidP="00DE32DB" w:rsidRDefault="00AD2E4A" w14:paraId="2AF5EE8C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00953BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(de preferencia institucional)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37CD30B3" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w:rsidRDefault="00AD2E4A" w:rsidP="00DE32DB">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidP="00DE32DB" w:rsidRDefault="00AD2E4A" w14:paraId="37CD30B3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w14:paraId="43D862DE" w14:textId="77777777" w:rsidTr="00DE32DB">
+      <w:tr w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidTr="00DE32DB" w14:paraId="43D862DE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="371"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7745D25B" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w:rsidRDefault="00AD2E4A" w:rsidP="00DE32DB">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidP="00DE32DB" w:rsidRDefault="00AD2E4A" w14:paraId="7745D25B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="292" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Breve currículum de no más de 200 palabras. Debe incluir títulos académicos, especialidad, áreas en las que se desempeña y lugar de trabajo actual.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6666" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CA3D2BC" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w:rsidRDefault="00AD2E4A" w:rsidP="00DE32DB">
+          <w:p w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidP="00DE32DB" w:rsidRDefault="00AD2E4A" w14:paraId="4CA3D2BC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="27F08358" w14:textId="77777777" w:rsidR="00AD2E4A" w:rsidRPr="00953BFF" w:rsidRDefault="00AD2E4A">
+    <w:p w:rsidRPr="00953BFF" w:rsidR="00AD2E4A" w:rsidRDefault="00AD2E4A" w14:paraId="27F08358" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00AD2E4A" w:rsidRPr="00953BFF">
-      <w:pgSz w:w="12240" w:h="15840"/>
+    <w:sectPr w:rsidRPr="00953BFF" w:rsidR="00AD2E4A">
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="1500" w:right="1300" w:bottom="1160" w:left="1480" w:header="0" w:footer="976" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:headerReference w:type="default" r:id="R0b89fccfd0f84e42"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="368CFFAB" w14:textId="77777777" w:rsidR="00887CD0" w:rsidRDefault="00887CD0">
+    <w:p w:rsidR="00887CD0" w:rsidRDefault="00887CD0" w14:paraId="368CFFAB" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5BA8C015" w14:textId="77777777" w:rsidR="00887CD0" w:rsidRDefault="00887CD0">
+    <w:p w:rsidR="00887CD0" w:rsidRDefault="00887CD0" w14:paraId="5BA8C015" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
@@ -7506,52 +7546,52 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="42BA21AD" w14:textId="64DC429B" w:rsidR="00D664F5" w:rsidRDefault="00C073A3">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00D664F5" w:rsidRDefault="00C073A3" w14:paraId="42BA21AD" w14:textId="64DC429B">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="19"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42BA21AE" wp14:editId="3A3D8320">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6578600</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9248140</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="152400" cy="194310"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -7577,161 +7617,361 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="42BA21AF" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRDefault="008A51B5">
+                        <w:p w:rsidR="00D664F5" w:rsidRDefault="008A51B5" w14:paraId="42BA21AF" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Textoindependiente"/>
                             <w:spacing w:before="10"/>
                             <w:ind w:left="60"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE </w:instrText>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
                           <w:r>
                             <w:t>5</w:t>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="42BA21AE" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="42BA21AE">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:518pt;margin-top:728.2pt;width:12pt;height:15.3pt;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCII6YJ1AEAAJADAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu1DAQvSPxD5bvbDZLQRBttiqtipAK&#10;RSr9gIljJxGJx4y9myxfz9jZbIHeEBdr4hm/ee/NZHs5Db04aPId2lLmq7UU2iqsO9uU8vHb7at3&#10;UvgAtoYerS7lUXt5uXv5Yju6Qm+wxb7WJBjE+mJ0pWxDcEWWedXqAfwKnbacNEgDBP6kJqsJRkYf&#10;+myzXr/NRqTaESrtPd/ezEm5S/jGaBXujfE6iL6UzC2kk9JZxTPbbaFoCFzbqRMN+AcWA3SWm56h&#10;biCA2FP3DGroFKFHE1YKhwyN6ZROGlhNvv5LzUMLTictbI53Z5v8/4NVXw4P7iuJMH3AiQeYRHh3&#10;h+q7FxavW7CNviLCsdVQc+M8WpaNzhenp9FqX/gIUo2fseYhwz5gApoMDdEV1ikYnQdwPJuupyBU&#10;bPlmc7HmjOJU/v7idZ6GkkGxPHbkw0eNg4hBKYlnmsDhcOdDJAPFUhJ7Wbzt+j7Ntbd/XHBhvEnk&#10;I9+ZeZiqiaujiArrI8sgnNeE15qDFumnFCOvSCn9jz2QlqL/ZNmKuE9LQEtQLQFYxU9LGaSYw+sw&#10;793eUde0jDybbfGK7TJdkvLE4sSTx54UnlY07tXv36nq6Ufa/QIAAP//AwBQSwMEFAAGAAgAAAAh&#10;ACJpqr/fAAAADwEAAA8AAABkcnMvZG93bnJldi54bWxMT8tOwzAQvCPxD9YicaM2UEwJcaoKwQkJ&#10;NQ0Hjk7sJlbjdYjdNvw9mxPcdh6ancnXk+/ZyY7RBVRwuxDALDbBOGwVfFZvNytgMWk0ug9oFfzY&#10;COvi8iLXmQlnLO1pl1pGIRgzraBLacg4j01nvY6LMFgkbR9GrxPBseVm1GcK9z2/E0Jyrx3Sh04P&#10;9qWzzWF39Ao2X1i+uu+PelvuS1dVTwLf5UGp66tp8wws2Sn9mWGuT9WhoE51OKKJrCcs7iWNSXQt&#10;H+QS2OwRUhBXz9zqUQAvcv5/R/ELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAiCOmCdQB&#10;AACQAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAImmq&#10;v98AAAAPAQAADwAAAAAAAAAAAAAAAAAuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 1" style="position:absolute;margin-left:518pt;margin-top:728.2pt;width:12pt;height:15.3pt;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCII6YJ1AEAAJADAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu1DAQvSPxD5bvbDZLQRBttiqtipAK&#10;RSr9gIljJxGJx4y9myxfz9jZbIHeEBdr4hm/ee/NZHs5Db04aPId2lLmq7UU2iqsO9uU8vHb7at3&#10;UvgAtoYerS7lUXt5uXv5Yju6Qm+wxb7WJBjE+mJ0pWxDcEWWedXqAfwKnbacNEgDBP6kJqsJRkYf&#10;+myzXr/NRqTaESrtPd/ezEm5S/jGaBXujfE6iL6UzC2kk9JZxTPbbaFoCFzbqRMN+AcWA3SWm56h&#10;biCA2FP3DGroFKFHE1YKhwyN6ZROGlhNvv5LzUMLTictbI53Z5v8/4NVXw4P7iuJMH3AiQeYRHh3&#10;h+q7FxavW7CNviLCsdVQc+M8WpaNzhenp9FqX/gIUo2fseYhwz5gApoMDdEV1ikYnQdwPJuupyBU&#10;bPlmc7HmjOJU/v7idZ6GkkGxPHbkw0eNg4hBKYlnmsDhcOdDJAPFUhJ7Wbzt+j7Ntbd/XHBhvEnk&#10;I9+ZeZiqiaujiArrI8sgnNeE15qDFumnFCOvSCn9jz2QlqL/ZNmKuE9LQEtQLQFYxU9LGaSYw+sw&#10;793eUde0jDybbfGK7TJdkvLE4sSTx54UnlY07tXv36nq6Ufa/QIAAP//AwBQSwMEFAAGAAgAAAAh&#10;ACJpqr/fAAAADwEAAA8AAABkcnMvZG93bnJldi54bWxMT8tOwzAQvCPxD9YicaM2UEwJcaoKwQkJ&#10;NQ0Hjk7sJlbjdYjdNvw9mxPcdh6ancnXk+/ZyY7RBVRwuxDALDbBOGwVfFZvNytgMWk0ug9oFfzY&#10;COvi8iLXmQlnLO1pl1pGIRgzraBLacg4j01nvY6LMFgkbR9GrxPBseVm1GcK9z2/E0Jyrx3Sh04P&#10;9qWzzWF39Ao2X1i+uu+PelvuS1dVTwLf5UGp66tp8wws2Sn9mWGuT9WhoE51OKKJrCcs7iWNSXQt&#10;H+QS2OwRUhBXz9zqUQAvcv5/R/ELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAiCOmCdQB&#10;AACQAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAImmq&#10;v98AAAAPAQAADwAAAAAAAAAAAAAAAAAuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="42BA21AF" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRDefault="008A51B5">
+                  <w:p w:rsidR="00D664F5" w:rsidRDefault="008A51B5" w14:paraId="42BA21AF" w14:textId="77777777">
                     <w:pPr>
                       <w:pStyle w:val="Textoindependiente"/>
                       <w:spacing w:before="10"/>
                       <w:ind w:left="60"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE </w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>5</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79E058AF" w14:textId="77777777" w:rsidR="00887CD0" w:rsidRDefault="00887CD0">
+    <w:p w:rsidR="00887CD0" w:rsidRDefault="00887CD0" w14:paraId="79E058AF" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="43BB7F86" w14:textId="77777777" w:rsidR="00887CD0" w:rsidRDefault="00887CD0">
+    <w:p w:rsidR="00887CD0" w:rsidRDefault="00887CD0" w14:paraId="43BB7F86" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:p w:rsidR="5010EAF7" w:rsidP="5010EAF7" w:rsidRDefault="5010EAF7" w14:paraId="34492E92" w14:textId="229544BE">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:bidi w:val="0"/>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="1A9ED776" w:rsidP="1A9ED776" w:rsidRDefault="1A9ED776" w14:paraId="6034BF80" w14:textId="2BFB25ED">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="1A9ED776" w:rsidP="1A9ED776" w:rsidRDefault="1A9ED776" w14:paraId="2ED4DFE2" w14:textId="53405F1A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="1A9ED776" w:rsidP="1A9ED776" w:rsidRDefault="1A9ED776" w14:paraId="09CF2DD1" w14:textId="7B9C70E6">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r w:rsidR="1A9ED776">
+      <w:rPr/>
+      <w:t xml:space="preserve">      </w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="1A9ED776" w:rsidP="1A9ED776" w:rsidRDefault="1A9ED776" w14:paraId="61EC6F55" w14:textId="6F8C7942">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r w:rsidR="1A9ED776">
+      <w:drawing>
+        <wp:inline wp14:editId="6A62E17C" wp14:anchorId="6E0CEC5E">
+          <wp:extent cx="2331047" cy="965523"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="118314425" name="drawing"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic>
+            <a:graphicData xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="118314425" name="Picture 118314425"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId851651558">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm rot="0">
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2331047" cy="965523"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="1A9ED776">
+      <w:rPr/>
+      <w:t xml:space="preserve">                                                          </w:t>
+    </w:r>
+    <w:r w:rsidR="1A9ED776">
+      <w:drawing>
+        <wp:inline wp14:editId="026DB5B3" wp14:anchorId="460B49E9">
+          <wp:extent cx="1413105" cy="826533"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="1950524057" name="drawing"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic>
+            <a:graphicData xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1950524057" name="Picture 1950524057"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1166594848">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm rot="0">
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1413105" cy="826533"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="1A9ED776" w:rsidP="1A9ED776" w:rsidRDefault="1A9ED776" w14:paraId="58EF560E" w14:textId="4E38F2AB">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="Tablanormal"/>
+      <w:bidiVisual w:val="0"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3150"/>
+      <w:gridCol w:w="3150"/>
+      <w:gridCol w:w="3150"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="5010EAF7" w:rsidTr="5010EAF7" w14:paraId="29F104E7">
+      <w:trPr>
+        <w:trHeight w:val="300"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3150" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="5010EAF7" w:rsidP="5010EAF7" w:rsidRDefault="5010EAF7" w14:paraId="528B8067" w14:textId="1DFB6059">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:ind w:left="-115"/>
+            <w:jc w:val="left"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3150" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="5010EAF7" w:rsidP="5010EAF7" w:rsidRDefault="5010EAF7" w14:paraId="4C804281" w14:textId="195655BA">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:jc w:val="center"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3150" w:type="dxa"/>
+          <w:tcMar/>
+        </w:tcPr>
+        <w:p w:rsidR="5010EAF7" w:rsidP="5010EAF7" w:rsidRDefault="5010EAF7" w14:paraId="1680D85D" w14:textId="5C4F323E">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:bidi w:val="0"/>
+            <w:ind w:right="-115"/>
+            <w:jc w:val="right"/>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="5010EAF7" w:rsidP="5010EAF7" w:rsidRDefault="5010EAF7" w14:paraId="18FD7342" w14:textId="65154BE5">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:bidi w:val="0"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14DA1AA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A08E8DA"/>
     <w:lvl w:ilvl="0" w:tplc="AE0A3638">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="942" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:w w:val="100"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="92B00EC6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -7833,51 +8073,51 @@
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="374E1B56"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:w w:val="100"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1662" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2526" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3393" w:hanging="360"/>
       </w:pPr>
@@ -7939,66 +8179,66 @@
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7726" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A9F400F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5C36192A"/>
     <w:styleLink w:val="WW8Num7"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Cambria" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Cambria" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Cambria" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
@@ -8036,51 +8276,51 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77DA3149"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B3AFCE4"/>
     <w:lvl w:ilvl="0" w:tplc="45228A5A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="942" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="410A7824">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1792" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="5818242C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2644" w:hanging="360"/>
       </w:pPr>
@@ -8167,51 +8407,51 @@
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D91E0A00"/>
     <w:lvl w:ilvl="0" w:tplc="0200F4A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:w w:val="100"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="47B44982">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1662" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="721E6FA4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2526" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="6050428E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3393" w:hanging="360"/>
       </w:pPr>
@@ -8280,51 +8520,52 @@
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1253123220">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="764425595">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1694846872">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="522406438">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1553728760">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="138"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -8427,201 +8668,261 @@
     <w:rsid w:val="00C0155C"/>
     <w:rsid w:val="00C073A3"/>
     <w:rsid w:val="00C4711C"/>
     <w:rsid w:val="00C81068"/>
     <w:rsid w:val="00CB1084"/>
     <w:rsid w:val="00CE38AF"/>
     <w:rsid w:val="00D664F5"/>
     <w:rsid w:val="00D75CA1"/>
     <w:rsid w:val="00D834B5"/>
     <w:rsid w:val="00DB7537"/>
     <w:rsid w:val="00E10933"/>
     <w:rsid w:val="00E140A3"/>
     <w:rsid w:val="00E31405"/>
     <w:rsid w:val="00E6275C"/>
     <w:rsid w:val="00E919B8"/>
     <w:rsid w:val="00E91A25"/>
     <w:rsid w:val="00EC1094"/>
     <w:rsid w:val="00F84C15"/>
     <w:rsid w:val="00F96927"/>
     <w:rsid w:val="00FB14D7"/>
     <w:rsid w:val="00FB17B0"/>
     <w:rsid w:val="00FB7023"/>
     <w:rsid w:val="00FD6179"/>
     <w:rsid w:val="00FF4DBE"/>
     <w:rsid w:val="013FC2B9"/>
+    <w:rsid w:val="021BD2E5"/>
     <w:rsid w:val="022A1D2D"/>
+    <w:rsid w:val="051B3DAF"/>
     <w:rsid w:val="06660A3E"/>
+    <w:rsid w:val="06705C79"/>
+    <w:rsid w:val="06A7E4A8"/>
+    <w:rsid w:val="0A7A3707"/>
+    <w:rsid w:val="0BC0001E"/>
     <w:rsid w:val="0FC5E284"/>
     <w:rsid w:val="13A83C38"/>
+    <w:rsid w:val="1402C681"/>
     <w:rsid w:val="15A846C6"/>
+    <w:rsid w:val="161615EC"/>
+    <w:rsid w:val="16665189"/>
     <w:rsid w:val="174BEE44"/>
+    <w:rsid w:val="1A9ED776"/>
     <w:rsid w:val="1AA9C764"/>
     <w:rsid w:val="1C9C2F2D"/>
+    <w:rsid w:val="1D0BE50D"/>
+    <w:rsid w:val="1E251119"/>
+    <w:rsid w:val="1F9E8C4A"/>
     <w:rsid w:val="202DFDC4"/>
+    <w:rsid w:val="2224ABB0"/>
+    <w:rsid w:val="2308F17A"/>
     <w:rsid w:val="231188AF"/>
     <w:rsid w:val="2551E8CE"/>
+    <w:rsid w:val="27E9C3DB"/>
+    <w:rsid w:val="29614E78"/>
     <w:rsid w:val="296189D8"/>
+    <w:rsid w:val="2A4BB67D"/>
     <w:rsid w:val="2B083C1C"/>
+    <w:rsid w:val="2B34FA38"/>
+    <w:rsid w:val="2C724F70"/>
+    <w:rsid w:val="2C86250E"/>
+    <w:rsid w:val="2CC53EAD"/>
+    <w:rsid w:val="2DD0D0F2"/>
     <w:rsid w:val="2E99BC35"/>
     <w:rsid w:val="2F2A0C22"/>
     <w:rsid w:val="3047B7FB"/>
     <w:rsid w:val="3101206A"/>
     <w:rsid w:val="3116D3BC"/>
     <w:rsid w:val="33397BBE"/>
     <w:rsid w:val="347C2077"/>
     <w:rsid w:val="36136D60"/>
     <w:rsid w:val="37057D2F"/>
     <w:rsid w:val="3A9D4E75"/>
+    <w:rsid w:val="3AB610EF"/>
     <w:rsid w:val="3B1B6B89"/>
+    <w:rsid w:val="3CB6D881"/>
+    <w:rsid w:val="3D8D12A1"/>
+    <w:rsid w:val="403B6AA3"/>
+    <w:rsid w:val="40556078"/>
+    <w:rsid w:val="42F69545"/>
+    <w:rsid w:val="42FCFD77"/>
+    <w:rsid w:val="449B717B"/>
+    <w:rsid w:val="44ADA595"/>
+    <w:rsid w:val="472E7E48"/>
+    <w:rsid w:val="489CB5CB"/>
+    <w:rsid w:val="4A765986"/>
+    <w:rsid w:val="4C1420CC"/>
+    <w:rsid w:val="4D866C38"/>
+    <w:rsid w:val="5010EAF7"/>
+    <w:rsid w:val="512D9CA1"/>
+    <w:rsid w:val="5217D3C9"/>
+    <w:rsid w:val="528F0607"/>
+    <w:rsid w:val="54E04C82"/>
     <w:rsid w:val="560CFE41"/>
+    <w:rsid w:val="560ED734"/>
+    <w:rsid w:val="56B5FC7C"/>
+    <w:rsid w:val="5724DE72"/>
+    <w:rsid w:val="57A8FA6D"/>
     <w:rsid w:val="58CC642C"/>
     <w:rsid w:val="58EAACF1"/>
     <w:rsid w:val="5AE0AB27"/>
+    <w:rsid w:val="5CA1E137"/>
+    <w:rsid w:val="5D660649"/>
+    <w:rsid w:val="603B542C"/>
+    <w:rsid w:val="613412E9"/>
+    <w:rsid w:val="631226C6"/>
     <w:rsid w:val="650F1D6B"/>
+    <w:rsid w:val="673CB417"/>
     <w:rsid w:val="6756B9E0"/>
+    <w:rsid w:val="6781A662"/>
     <w:rsid w:val="685F1C28"/>
+    <w:rsid w:val="695E9925"/>
     <w:rsid w:val="6A9F3B6A"/>
+    <w:rsid w:val="6C45F969"/>
     <w:rsid w:val="6D0B9BD3"/>
+    <w:rsid w:val="6D3F2EA0"/>
     <w:rsid w:val="6D43F194"/>
     <w:rsid w:val="7376C602"/>
+    <w:rsid w:val="73C10E88"/>
     <w:rsid w:val="7489E5AF"/>
+    <w:rsid w:val="784D3074"/>
+    <w:rsid w:val="7B3EB3A7"/>
+    <w:rsid w:val="7BDA329C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CR" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="42BA20F7"/>
   <w15:docId w15:val="{759C5F16-DB24-4CA4-9677-AC962A547CB9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8777,52 +9078,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -8889,301 +9190,343 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
       <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="941" w:right="396" w:hanging="360"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+  <w:style w:type="character" w:styleId="Fuentedeprrafopredeter" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+  <w:style w:type="table" w:styleId="Tablanormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+  <w:style w:type="numbering" w:styleId="Sinlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="NormalTable0">
+  <w:style w:type="table" w:styleId="NormalTable0" w:customStyle="1">
     <w:name w:val="Normal Table0"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textoindependiente">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="941" w:right="396" w:hanging="360"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+  <w:style w:type="paragraph" w:styleId="TableParagraph" w:customStyle="1">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revisin">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006F7514"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
       <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdecomentario">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00665739"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textocomentario">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextocomentarioCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00665739"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextocomentarioCar">
+  <w:style w:type="character" w:styleId="TextocomentarioCar" w:customStyle="1">
     <w:name w:val="Texto comentario Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textocomentario"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00665739"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Asuntodelcomentario">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Textocomentario"/>
     <w:next w:val="Textocomentario"/>
     <w:link w:val="AsuntodelcomentarioCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00665739"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
+  <w:style w:type="character" w:styleId="AsuntodelcomentarioCar" w:customStyle="1">
     <w:name w:val="Asunto del comentario Car"/>
     <w:basedOn w:val="TextocomentarioCar"/>
     <w:link w:val="Asuntodelcomentario"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00665739"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Fuentedeprrafopredeter2">
+  <w:style w:type="character" w:styleId="Fuentedeprrafopredeter2" w:customStyle="1">
     <w:name w:val="Fuente de párrafo predeter.2"/>
     <w:rsid w:val="00BF7C1A"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ColorfulList-Accent11">
+  <w:style w:type="paragraph" w:styleId="ColorfulList-Accent11" w:customStyle="1">
     <w:name w:val="Colorful List - Accent 11"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00BF7C1A"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDE/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="3"/>
       <w:lang w:val="es-CR" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="WW8Num7">
+  <w:style w:type="numbering" w:styleId="WW8Num7" w:customStyle="1">
     <w:name w:val="WW8Num7"/>
     <w:basedOn w:val="Sinlista"/>
     <w:rsid w:val="00BF7C1A"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003F055B"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003F055B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculovisitado">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003A55E9"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:uiPriority w:val="99"/>
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="5010EAF7"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:type="table" w:styleId="TableGrid">
+    <w:name xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="Table Grid"/>
+    <w:basedOn xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="Tablanormal"/>
+    <w:uiPriority xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="59"/>
+    <w:rsid xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="00FB4123"/>
+    <w:pPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.orcid.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.orcid.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://revistas.ucr.ac.cr/index.php/estudios/about/submissions" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/estudios/about" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.orcid.org" TargetMode="External"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.orcid.org" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.orcid.org" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://revistas.ucr.ac.cr/index.php/estudios/about/submissions" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas.ucr.ac.cr/index.php/estudios/about" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.orcid.org" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header.xml" Id="R7ab069eae2c949d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="R0b89fccfd0f84e42" /></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.png" Id="rId851651558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image5.png" Id="rId1166594848" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9426,68 +9769,61 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Carolina Mora Chinchilla</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <lastModifiedBy>VERONICA JEREZ BRENES</lastModifiedBy>
+  <revision>22</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2018-05-02T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2023-03-13T00:00:00Z</vt:filetime>
   </property>
 </Properties>
 </file>