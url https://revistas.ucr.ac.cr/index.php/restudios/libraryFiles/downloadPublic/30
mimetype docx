--- v0 (2025-11-23)
+++ v1 (2026-03-09)
@@ -12,163 +12,197 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="42BA20F7" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="005754FD" w:rsidRDefault="008A51B5">
+    <w:p w14:paraId="42BA20F7" w14:textId="782CAA2E" w:rsidR="00D664F5" w:rsidRPr="005754FD" w:rsidRDefault="008A51B5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7550"/>
         </w:tabs>
         <w:ind w:left="221"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="42BA21A7" wp14:editId="42BA21A8">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="42BA21A7" wp14:editId="1663D7C2">
+            <wp:extent cx="1606216" cy="608333"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1270"/>
             <wp:docPr id="1" name="image1.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="image1.jpeg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2060239" cy="780288"/>
+                      <a:ext cx="1619968" cy="613541"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005754FD">
+      <w:r w:rsidR="00277CD1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="42BA21A9" wp14:editId="42BA21AA">
-            <wp:extent cx="1150220" cy="908303"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="64899D8C" wp14:editId="1DD01271">
+            <wp:extent cx="1086184" cy="726687"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="3" name="image2.png"/>
+            <wp:docPr id="1354390823" name="Imagen 2" descr="Logotipo&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="4" name="image2.png"/>
+                    <pic:cNvPr id="1354390823" name="Imagen 2" descr="Logotipo&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print"/>
+                    <a:blip r:embed="rId9" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1150220" cy="908303"/>
+                      <a:ext cx="1101622" cy="737016"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="42BA20F8" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="005754FD" w:rsidRDefault="00D664F5">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DC0E77A" w14:textId="62E96DDB" w:rsidR="00DA39A3" w:rsidRPr="005754FD" w:rsidRDefault="00CA4525" w:rsidP="3116D3BC">
+    <w:p w14:paraId="61FF6830" w14:textId="77777777" w:rsidR="00277CD1" w:rsidRDefault="00277CD1" w:rsidP="3116D3BC">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05FB8954" w14:textId="77777777" w:rsidR="00277CD1" w:rsidRDefault="00277CD1" w:rsidP="3116D3BC">
+      <w:pPr>
+        <w:pStyle w:val="Textoindependiente"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DC0E77A" w14:textId="1E4CDE5E" w:rsidR="00DA39A3" w:rsidRPr="005754FD" w:rsidRDefault="00CA4525" w:rsidP="3116D3BC">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Authorization </w:t>
       </w:r>
       <w:r w:rsidR="00DA39A3" w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -361,164 +395,109 @@
       </w:r>
       <w:r w:rsidR="00950185" w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Board</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FEB68DF" w14:textId="18A5B836" w:rsidR="00914E61" w:rsidRPr="005754FD" w:rsidRDefault="000950CE" w:rsidP="00914E61">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="52"/>
         <w:ind w:left="221" w:right="624"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Revista</w:t>
-[...23 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Revista Estudios</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6FB9B00B" w14:textId="53938917" w:rsidR="008F0C5B" w:rsidRPr="0037106B" w:rsidRDefault="000950CE" w:rsidP="000950CE">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="52"/>
         <w:ind w:left="221" w:right="624"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0037106B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
         <w:t>Escuela de Estudios Generales</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4538BB83" w14:textId="38877472" w:rsidR="000950CE" w:rsidRPr="0037106B" w:rsidRDefault="00914E61" w:rsidP="000950CE">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="52"/>
         <w:ind w:left="221" w:right="624"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0037106B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
-        <w:t>University</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> Costa R</w:t>
+        <w:t>University of Costa R</w:t>
       </w:r>
       <w:r w:rsidR="00FB5D66" w:rsidRPr="0037106B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="0037106B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-CR"/>
         </w:rPr>
         <w:t>ca</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52B7D8EB" w14:textId="77777777" w:rsidR="000950CE" w:rsidRPr="0037106B" w:rsidRDefault="000950CE" w:rsidP="000950CE">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="52"/>
         <w:ind w:left="221" w:right="624"/>
@@ -637,84 +616,60 @@
       </w:r>
       <w:r w:rsidR="00275A45" w:rsidRPr="1DEDC320">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0009734B" w:rsidRPr="1DEDC320">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">submitted for consideration of its </w:t>
       </w:r>
       <w:r w:rsidR="00FB5D66" w:rsidRPr="1DEDC320">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">evaluation in </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FB5D66" w:rsidRPr="1DEDC320">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Revista</w:t>
-[...23 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Revista Estudios</w:t>
+      </w:r>
       <w:r w:rsidR="00FB5D66" w:rsidRPr="1DEDC320">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="7B8BC532" w:rsidRPr="1DEDC320">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">hereby </w:t>
       </w:r>
       <w:r w:rsidR="00FB5D66" w:rsidRPr="1DEDC320">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>declare under oath that:</w:t>
       </w:r>
     </w:p>
@@ -1039,67 +994,76 @@
         </w:rPr>
         <w:t>publishing platform</w:t>
       </w:r>
       <w:r w:rsidRPr="2D095F1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E83ECD" w:rsidRPr="2D095F1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:commentRangeStart w:id="0"/>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:r w:rsidR="476A09EE" w:rsidRPr="2D095F1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>including but not limited to</w:t>
       </w:r>
       <w:commentRangeEnd w:id="0"/>
-      <w:r>
+      <w:r w:rsidRPr="2D095F1D">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="0"/>
       </w:r>
       <w:commentRangeEnd w:id="1"/>
-      <w:r>
+      <w:r w:rsidRPr="2D095F1D">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="1"/>
       </w:r>
       <w:commentRangeEnd w:id="2"/>
-      <w:r>
+      <w:r w:rsidRPr="2D095F1D">
         <w:rPr>
           <w:rStyle w:val="Refdecomentario"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="2D095F1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> academic journals, blogs, repositories or websites. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03F227FA" w14:textId="77777777" w:rsidR="006849B1" w:rsidRPr="005754FD" w:rsidRDefault="006849B1" w:rsidP="00CE38AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="930"/>
         </w:tabs>
         <w:ind w:right="400"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A4227EE" w14:textId="2AB5F875" w:rsidR="006558AE" w:rsidRPr="005754FD" w:rsidRDefault="57C03FC5" w:rsidP="00622BF1">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
@@ -1134,330 +1098,270 @@
       </w:r>
       <w:r w:rsidR="04180827" w:rsidRPr="47CF564B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">they are authorized </w:t>
       </w:r>
       <w:r w:rsidR="006558AE" w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="00E83ECD" w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>submit</w:t>
       </w:r>
       <w:r w:rsidR="006558AE" w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> the manuscript to </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006558AE" w:rsidRPr="00E28153">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Revista</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="006558AE" w:rsidRPr="00E28153">
+        <w:t>Revista Estudios</w:t>
+      </w:r>
+      <w:r w:rsidR="006558AE" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="005427A9" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Likewise,</w:t>
+      </w:r>
+      <w:r w:rsidR="006558AE" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="70FEB8AB" w:rsidRPr="47CF564B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>they accep</w:t>
+      </w:r>
+      <w:r w:rsidR="70FEB8AB" w:rsidRPr="00E28153">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t </w:t>
+      </w:r>
+      <w:r w:rsidR="00C058EB" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidR="006558AE" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the proposal and further publication of the manuscript </w:t>
+      </w:r>
+      <w:r w:rsidR="00E30E1A" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will be </w:t>
+      </w:r>
+      <w:r w:rsidR="0075199A" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>govern</w:t>
+      </w:r>
+      <w:r w:rsidR="00E30E1A" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidR="0075199A" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by</w:t>
+      </w:r>
+      <w:r w:rsidR="00C058EB" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the editorial policies of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C058EB" w:rsidRPr="00E28153">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="006558AE" w:rsidRPr="00E28153">
+        <w:t>Revista Estudios</w:t>
+      </w:r>
+      <w:r w:rsidR="00C058EB" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, the institutional</w:t>
+      </w:r>
+      <w:r w:rsidR="00E30E1A" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> regulation</w:t>
+      </w:r>
+      <w:r w:rsidR="00861390">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00C058EB" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="7190F111" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C058EB" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>University of Costa Rica</w:t>
+      </w:r>
+      <w:r w:rsidR="00861390">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C058EB" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the l</w:t>
+      </w:r>
+      <w:r w:rsidR="726E01D5" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>aw</w:t>
+      </w:r>
+      <w:r w:rsidR="00C058EB" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Costa Rica. In case of any </w:t>
+      </w:r>
+      <w:r w:rsidR="2A26A539" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">possible </w:t>
+      </w:r>
+      <w:r w:rsidR="00C058EB" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>difference of criteria or future dispute, i</w:t>
+      </w:r>
+      <w:r w:rsidR="00861390">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t </w:t>
+      </w:r>
+      <w:r w:rsidR="00C058EB" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will be resolved </w:t>
+      </w:r>
+      <w:r w:rsidR="00E30E1A" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>in accordance with t</w:t>
+      </w:r>
+      <w:r w:rsidR="00C058EB" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="00C058EB" w:rsidRPr="47CF564B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>procedures</w:t>
+      </w:r>
+      <w:r w:rsidR="00C058EB" w:rsidRPr="005754FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C058EB" w:rsidRPr="00E28153">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Estudios</w:t>
-[...226 lines deleted...]
-        <w:t xml:space="preserve"> Alterna de</w:t>
+        <w:t>Resolución Alterna de</w:t>
       </w:r>
       <w:r w:rsidR="00C058EB" w:rsidRPr="00E28153">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C058EB" w:rsidRPr="00E28153">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Conflictos</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Conflictos </w:t>
       </w:r>
       <w:r w:rsidR="00C058EB" w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">and the Costa Rican </w:t>
       </w:r>
       <w:r w:rsidR="00E30E1A" w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>J</w:t>
       </w:r>
       <w:r w:rsidR="00C058EB" w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>urisdiction</w:t>
       </w:r>
       <w:r w:rsidR="00E30E1A" w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -1556,78 +1460,58 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70CE9DCF" w14:textId="3168E9A6" w:rsidR="00E83ECD" w:rsidRPr="005754FD" w:rsidRDefault="2B398C46" w:rsidP="00622BF1">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E28153">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>They acknowledge</w:t>
       </w:r>
       <w:r w:rsidR="00E83ECD" w:rsidRPr="00E28153">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> that </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E83ECD" w:rsidRPr="00E28153">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Revista</w:t>
-[...19 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Revista Estudios</w:t>
+      </w:r>
       <w:r w:rsidR="00622BF1" w:rsidRPr="00E28153">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E83ECD" w:rsidRPr="00E28153">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>does not necessarily share the statements made</w:t>
       </w:r>
       <w:r w:rsidR="00861390" w:rsidRPr="00E28153">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E30E1A" w:rsidRPr="00E28153">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidR="00E83ECD" w:rsidRPr="00E28153">
@@ -1812,51 +1696,50 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="601D6A15" w14:textId="11A08799" w:rsidR="00FD041D" w:rsidRPr="005754FD" w:rsidRDefault="00B8612A" w:rsidP="47CF564B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="942"/>
         </w:tabs>
         <w:ind w:left="941" w:right="397"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="15B9DA3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="6AC3ED39" w:rsidRPr="15B9DA3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="15B9DA3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> the article</w:t>
       </w:r>
       <w:r w:rsidR="00DA0FDC" w:rsidRPr="15B9DA3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="7298ECBA" w:rsidRPr="15B9DA3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>include</w:t>
@@ -2049,335 +1932,285 @@
       </w:r>
       <w:r w:rsidR="10D665B7" w:rsidRPr="15B9DA3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>corresponding</w:t>
       </w:r>
       <w:r w:rsidRPr="15B9DA3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="63A429CE" w:rsidRPr="15B9DA3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">authorization </w:t>
       </w:r>
       <w:r w:rsidRPr="15B9DA3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">for the publication of these contents in </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="15B9DA3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Revista</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Revista Estudios</w:t>
+      </w:r>
+      <w:r w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00E830EA" w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0FDC" w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>provide them</w:t>
+      </w:r>
+      <w:r w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E830EA" w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>upon request</w:t>
+      </w:r>
+      <w:r w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. This authorization </w:t>
+      </w:r>
+      <w:r w:rsidR="208BB9C5" w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> use of </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0F77" w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>visual elements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E830EA" w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be attached in the 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> step of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E830EA" w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>submission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
       <w:r w:rsidRPr="15B9DA3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:t>Portal de Revistas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:r w:rsidR="00E830EA" w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">submission </w:t>
+      </w:r>
+      <w:r w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of this authorization is </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD041D" w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> essential requirement for the publication of </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0F77" w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>visual elements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E830EA" w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>included in</w:t>
+      </w:r>
       <w:r w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the manuscript. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F326C4" w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exceptions to this </w:t>
+      </w:r>
+      <w:r w:rsidR="290ACC8F" w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>requirement</w:t>
+      </w:r>
+      <w:r w:rsidR="00F326C4" w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are </w:t>
+      </w:r>
+      <w:r w:rsidR="6DE09D9C" w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>elements</w:t>
+      </w:r>
+      <w:r w:rsidR="00F326C4" w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the public domain or  published under </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD041D" w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>a license compatible with the open access</w:t>
+      </w:r>
+      <w:r w:rsidR="00F326C4" w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD041D" w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">publication and disclosure </w:t>
+      </w:r>
+      <w:r w:rsidR="00F326C4" w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">policies </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD041D" w:rsidRPr="15B9DA3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD041D" w:rsidRPr="15B9DA3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Estudios</w:t>
-[...258 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Revista Estudios</w:t>
+      </w:r>
       <w:r w:rsidR="00FD041D" w:rsidRPr="15B9DA3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, available </w:t>
       </w:r>
       <w:r w:rsidR="3F5312E0" w:rsidRPr="15B9DA3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
       <w:r w:rsidR="00FD041D" w:rsidRPr="15B9DA3C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> the website   </w:t>
       </w:r>
       <w:hyperlink r:id="rId14">
         <w:r w:rsidR="00FD041D" w:rsidRPr="15B9DA3C">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>https://revistas.ucr.ac.cr/index.php/estudios/about</w:t>
@@ -2409,87 +2242,61 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="47CF564B">
         <w:rPr>
           <w:rStyle w:val="Fuentedeprrafopredeter2"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>They a</w:t>
       </w:r>
       <w:r w:rsidR="00FD041D" w:rsidRPr="47CF564B">
         <w:rPr>
           <w:rStyle w:val="Fuentedeprrafopredeter2"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">uthorize </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FD041D" w:rsidRPr="47CF564B">
         <w:rPr>
           <w:rStyle w:val="Fuentedeprrafopredeter2"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Revista</w:t>
-[...25 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Revista Estudios</w:t>
+      </w:r>
       <w:r w:rsidR="00A6520C" w:rsidRPr="47CF564B">
         <w:rPr>
           <w:rStyle w:val="Fuentedeprrafopredeter2"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> to do any of the following activities:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42BA2134" w14:textId="77777777" w:rsidR="00D664F5" w:rsidRPr="005754FD" w:rsidRDefault="00D664F5">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B78CB17" w14:textId="7877B32B" w:rsidR="00A6520C" w:rsidRPr="005754FD" w:rsidRDefault="00A6520C" w:rsidP="00622BF1">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
@@ -2554,78 +2361,58 @@
       </w:r>
       <w:r w:rsidR="00F8683A" w:rsidRPr="47CF564B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>meets</w:t>
       </w:r>
       <w:r w:rsidRPr="47CF564B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="00FD0F77" w:rsidRPr="47CF564B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>standards</w:t>
       </w:r>
       <w:r w:rsidRPr="47CF564B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="47CF564B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Revista</w:t>
-[...19 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Revista Estudios</w:t>
+      </w:r>
       <w:r w:rsidR="5E5D765F" w:rsidRPr="47CF564B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="5E5D765F" w:rsidRPr="47CF564B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidR="5E5D765F" w:rsidRPr="47CF564B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="47CF564B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3065,78 +2852,58 @@
       </w:r>
       <w:r w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ditorial </w:t>
       </w:r>
       <w:r w:rsidR="00FD0F77" w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>purposes</w:t>
       </w:r>
       <w:r w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0093118F" w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">to which </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0093118F" w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Revista</w:t>
-[...19 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Revista Estudios</w:t>
+      </w:r>
       <w:r w:rsidR="0093118F" w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> is linked.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60C7920B" w14:textId="77777777" w:rsidR="00A6520C" w:rsidRPr="005754FD" w:rsidRDefault="00A6520C" w:rsidP="00A6520C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1662"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:right="399"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48639420" w14:textId="1B5CCA0A" w:rsidR="0093118F" w:rsidRPr="005754FD" w:rsidRDefault="00734B2D" w:rsidP="0093118F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
@@ -3302,77 +3069,59 @@
       </w:r>
       <w:r w:rsidRPr="47CF564B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>accept the publication of th</w:t>
       </w:r>
       <w:r w:rsidR="00E71A28" w:rsidRPr="47CF564B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="47CF564B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> work under the Creative Commons </w:t>
       </w:r>
       <w:hyperlink r:id="rId16">
         <w:r w:rsidR="005754FD" w:rsidRPr="47CF564B">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
-          <w:t>Attribution-</w:t>
+          <w:t>Attribution-NonCommercial-</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00FF7117">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>NoDerivates</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="005754FD" w:rsidRPr="47CF564B">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve"> 4.0 International </w:t>
         </w:r>
         <w:r w:rsidRPr="47CF564B">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>(CC BY-NC-SA 4.0)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E71A28" w:rsidRPr="47CF564B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00382ED6" w:rsidRPr="47CF564B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -3534,50 +3283,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="473E12B1" w14:textId="11EE31B1" w:rsidR="00C81068" w:rsidRPr="005754FD" w:rsidRDefault="00E71A28" w:rsidP="1DEDC320">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9089"/>
         </w:tabs>
         <w:spacing w:before="52"/>
         <w:ind w:left="222"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Author’s</w:t>
       </w:r>
       <w:r w:rsidR="0093118F" w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> full name</w:t>
       </w:r>
       <w:r w:rsidR="00C81068" w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00C81068" w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:spacing w:val="-2"/>
@@ -3607,51 +3357,50 @@
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="335FEC64" w14:textId="0681EF60" w:rsidR="00C81068" w:rsidRPr="005754FD" w:rsidRDefault="00914E61" w:rsidP="00C81068">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9061"/>
         </w:tabs>
         <w:spacing w:before="52" w:line="242" w:lineRule="auto"/>
         <w:ind w:left="222" w:right="396"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>ID</w:t>
       </w:r>
       <w:r w:rsidR="00C81068" w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00C81068" w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="370011D1" w:rsidRPr="005754FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000009"/>
@@ -5385,58 +5134,58 @@
   <w15:commentEx w15:paraId="739AF81B" w15:done="0"/>
   <w15:commentEx w15:paraId="4115F03A" w15:paraIdParent="739AF81B" w15:done="0"/>
   <w15:commentEx w15:paraId="6CBE46EA" w15:paraIdParent="739AF81B" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="50510537" w16cex:dateUtc="2025-05-31T18:03:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="05ED7F74" w16cex:dateUtc="2025-06-09T14:04:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="1A02FC0C" w16cex:dateUtc="2025-06-09T21:19:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="739AF81B" w16cid:durableId="50510537"/>
   <w16cid:commentId w16cid:paraId="4115F03A" w16cid:durableId="05ED7F74"/>
   <w16cid:commentId w16cid:paraId="6CBE46EA" w16cid:durableId="1A02FC0C"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63C7D773" w14:textId="77777777" w:rsidR="00F77532" w:rsidRPr="005754FD" w:rsidRDefault="00F77532">
+    <w:p w14:paraId="5D84D024" w14:textId="77777777" w:rsidR="00073B41" w:rsidRPr="005754FD" w:rsidRDefault="00073B41">
       <w:r w:rsidRPr="005754FD">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="390375DA" w14:textId="77777777" w:rsidR="00F77532" w:rsidRPr="005754FD" w:rsidRDefault="00F77532">
+    <w:p w14:paraId="52C1A930" w14:textId="77777777" w:rsidR="00073B41" w:rsidRPr="005754FD" w:rsidRDefault="00073B41">
       <w:r w:rsidRPr="005754FD">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -5626,58 +5375,58 @@
                     <w:r w:rsidRPr="005754FD">
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r w:rsidRPr="005754FD">
                       <w:t>5</w:t>
                     </w:r>
                     <w:r w:rsidRPr="005754FD">
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6274421F" w14:textId="77777777" w:rsidR="00F77532" w:rsidRPr="005754FD" w:rsidRDefault="00F77532">
+    <w:p w14:paraId="6B19E1D4" w14:textId="77777777" w:rsidR="00073B41" w:rsidRPr="005754FD" w:rsidRDefault="00073B41">
       <w:r w:rsidRPr="005754FD">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D9D3A32" w14:textId="77777777" w:rsidR="00F77532" w:rsidRPr="005754FD" w:rsidRDefault="00F77532">
+    <w:p w14:paraId="2F3984C9" w14:textId="77777777" w:rsidR="00073B41" w:rsidRPr="005754FD" w:rsidRDefault="00073B41">
       <w:r w:rsidRPr="005754FD">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14DA1AA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A08E8DA"/>
     <w:lvl w:ilvl="0" w:tplc="AE0A3638">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="942" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:w w:val="100"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
@@ -6242,141 +5991,143 @@
   <w:num w:numId="3" w16cid:durableId="1694846872">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="522406438">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1553728760">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="MARIA CAROLINA MONTERO ACEVEDO">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::maria.monteroacevedo@ucr.ac.cr::f6b65d57-69a1-4070-b937-963428caf858"/>
   </w15:person>
   <w15:person w15:author="KIMBERLY NICOLE MASIS CHACON">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::kimberly.masis@ucr.ac.cr::49cdc8f1-2762-4ec7-884d-b600e370b3ec"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="138"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="105"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D664F5"/>
     <w:rsid w:val="00020057"/>
     <w:rsid w:val="000401DE"/>
     <w:rsid w:val="000501FA"/>
     <w:rsid w:val="00072602"/>
+    <w:rsid w:val="00073B41"/>
     <w:rsid w:val="00080C77"/>
     <w:rsid w:val="000950CE"/>
     <w:rsid w:val="0009734B"/>
     <w:rsid w:val="000A3D5F"/>
     <w:rsid w:val="000B6825"/>
     <w:rsid w:val="000B757F"/>
     <w:rsid w:val="000D6FC7"/>
     <w:rsid w:val="00137C86"/>
     <w:rsid w:val="00162F56"/>
     <w:rsid w:val="00180019"/>
     <w:rsid w:val="001A3E4C"/>
     <w:rsid w:val="001A51C8"/>
     <w:rsid w:val="001A61FF"/>
     <w:rsid w:val="001B5B59"/>
     <w:rsid w:val="001F1152"/>
     <w:rsid w:val="002020E9"/>
     <w:rsid w:val="00203384"/>
     <w:rsid w:val="00207458"/>
     <w:rsid w:val="0022412A"/>
     <w:rsid w:val="00224C47"/>
     <w:rsid w:val="00240A22"/>
     <w:rsid w:val="00254054"/>
     <w:rsid w:val="00275A45"/>
+    <w:rsid w:val="00277CD1"/>
     <w:rsid w:val="00286D27"/>
     <w:rsid w:val="002C229C"/>
     <w:rsid w:val="002E655A"/>
     <w:rsid w:val="002F5A0E"/>
     <w:rsid w:val="00307E73"/>
     <w:rsid w:val="0031387A"/>
     <w:rsid w:val="0031475B"/>
     <w:rsid w:val="00314BB6"/>
     <w:rsid w:val="00354799"/>
     <w:rsid w:val="00360989"/>
     <w:rsid w:val="0037106B"/>
     <w:rsid w:val="00375AF3"/>
     <w:rsid w:val="00382ED6"/>
     <w:rsid w:val="00394864"/>
     <w:rsid w:val="003A55E9"/>
     <w:rsid w:val="003A5A84"/>
     <w:rsid w:val="003B244D"/>
     <w:rsid w:val="003F055B"/>
     <w:rsid w:val="003F68AB"/>
     <w:rsid w:val="00405B48"/>
     <w:rsid w:val="0045C557"/>
     <w:rsid w:val="004A5247"/>
     <w:rsid w:val="004A5BCF"/>
     <w:rsid w:val="004C24C5"/>
     <w:rsid w:val="004E30D6"/>
     <w:rsid w:val="005427A9"/>
     <w:rsid w:val="0055CABD"/>
     <w:rsid w:val="005754FD"/>
     <w:rsid w:val="005906F3"/>
     <w:rsid w:val="00591CBF"/>
     <w:rsid w:val="00622BF1"/>
     <w:rsid w:val="0064742E"/>
     <w:rsid w:val="006558AE"/>
     <w:rsid w:val="00665739"/>
     <w:rsid w:val="00681EA3"/>
+    <w:rsid w:val="006848D7"/>
     <w:rsid w:val="006849B1"/>
     <w:rsid w:val="00691B6E"/>
     <w:rsid w:val="00696380"/>
     <w:rsid w:val="006B32DD"/>
     <w:rsid w:val="006C49F8"/>
     <w:rsid w:val="006F36E2"/>
     <w:rsid w:val="006F7514"/>
     <w:rsid w:val="00734B2D"/>
     <w:rsid w:val="0075199A"/>
     <w:rsid w:val="00770AD4"/>
     <w:rsid w:val="00774792"/>
     <w:rsid w:val="007848FB"/>
     <w:rsid w:val="007930C0"/>
     <w:rsid w:val="007B3034"/>
     <w:rsid w:val="007E228A"/>
     <w:rsid w:val="007E6647"/>
     <w:rsid w:val="00824643"/>
     <w:rsid w:val="00847C81"/>
     <w:rsid w:val="00854618"/>
     <w:rsid w:val="00861390"/>
     <w:rsid w:val="0087048D"/>
     <w:rsid w:val="0087742C"/>
     <w:rsid w:val="00887CD0"/>
     <w:rsid w:val="008A51B5"/>
     <w:rsid w:val="008B4270"/>
@@ -7691,59 +7442,59 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E032E15C-127C-4F10-8E57-25CA0AEDD9F5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
   <Words>1152</Words>
-  <Characters>6340</Characters>
+  <Characters>6341</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>52</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7478</CharactersWithSpaces>
+  <CharactersWithSpaces>7479</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Carolina Mora Chinchilla</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2018-05-02T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2010</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">